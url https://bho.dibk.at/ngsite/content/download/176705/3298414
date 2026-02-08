--- v0 (2025-11-04)
+++ v1 (2026-02-08)
@@ -1,5743 +1,5167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="63310A07" w14:textId="64DCDD55" w:rsidR="00700AE2" w:rsidRPr="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="1DD2A6EC" w14:textId="3822D62A" w:rsidR="006C50CC" w:rsidRDefault="00EC1C16">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Liedvorschläge </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B3861">
+      <w:r w:rsidR="006B3A12">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Lesejahr C</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Lesejahr A</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3A12">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="40"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:i w:val="0"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Dezember 20</w:t>
       </w:r>
-      <w:r w:rsidR="006010E5">
-[...15 lines deleted...]
-        <w:t>22</w:t>
+      <w:r w:rsidR="003A04C1">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002C293D">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3A12">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002C293D">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3A12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5A9664" w14:textId="1D60F023" w:rsidR="006C50CC" w:rsidRDefault="00E11020">
+    <w:p w14:paraId="2F63E80D" w14:textId="4E74886E" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...24 lines deleted...]
-        <w:t>1. Advent</w:t>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. November </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Adventsonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D487118" w14:textId="2A778A5D" w:rsidR="006C50CC" w:rsidRPr="002A58A4" w:rsidRDefault="006C50CC" w:rsidP="005C0192">
+    <w:p w14:paraId="26CA17A3" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB6FA3">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> aufsprießen lassen</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Auf, wir ziehen hinauf zum Berg des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32499">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
-      <w:r w:rsidR="00CB6FA3">
-[...53 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>122 (KV GL 633,5: Frieden verkündet der Herr)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:tab/>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:br/>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Jetzt ist das Heil uns näher </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>Eure Erlösung ist nahe</w:t>
+        <w:t>: Seid wachsam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> haltet euch bereit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F275573" w14:textId="77777777" w:rsidR="006C50CC" w:rsidRDefault="00A64693" w:rsidP="00AA16F6">
-[...4 lines deleted...]
-        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="31F984AF" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00AB580E" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">GL </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+        <w:t>GL 554: Wachet auf (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="000F19A7">
-[...8 lines deleted...]
-      <w:r w:rsidR="000F19A7" w:rsidRPr="002A58A4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL 163,2: Kyrierufe (Advent, Wiederkunft)</w:t>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...46 lines deleted...]
-      <w:r w:rsidR="000F19A7" w:rsidRPr="00346047">
+        <w:t xml:space="preserve">GL 223: Wir sagen euch an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 68: KV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friede sei in deinen Mauern </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>+ Ps 122</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t>GL 790: Tauet Himmel</w:t>
       </w:r>
-      <w:r w:rsidR="000F19A7" w:rsidRPr="00346047">
-[...26 lines deleted...]
-      <w:r w:rsidR="00DC3E05" w:rsidRPr="00346047">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 549: Es wird sein in den letzten Tagen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00530C1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00DC3E05" w:rsidRPr="00346047">
-[...8 lines deleted...]
-      <w:r w:rsidR="00EA041F" w:rsidRPr="00346047">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...64 lines deleted...]
-        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 231: O Heiland reiß </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 622,4: KV Sieh der Herr kommt in Herrlichkeit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182D2E12" w14:textId="3F31263E" w:rsidR="00B61DD0" w:rsidRDefault="00E11020" w:rsidP="00B61DD0">
+    <w:p w14:paraId="4C63F774" w14:textId="68751D5C" w:rsidR="0070074A" w:rsidRPr="00AB580E" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> / 2. Advent</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dezember </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Advent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>sonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184D2EF9" w14:textId="50DAA2BC" w:rsidR="00B61DD0" w:rsidRPr="002A58A4" w:rsidRDefault="00B61DD0" w:rsidP="00B61DD0">
+    <w:p w14:paraId="3218FABA" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00AB580E" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0D1C" w:rsidRPr="002A58A4">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Spross aus den Wurzeln </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Isais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 72 (KV GL 47,1: In den Tagen des Herrn)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Christus hat uns angenommen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002A58A4">
-[...13 lines deleted...]
-        <w:t>Sei gegrüßt, du Begnadete!</w:t>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Bereitet den Weg des Herrn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687DDCD4" w14:textId="153023DE" w:rsidR="006010E5" w:rsidRPr="002A58A4" w:rsidRDefault="006010E5" w:rsidP="00AA16F6">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00353EC6">
+    <w:p w14:paraId="03578665" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 798: O komm, o komm Emmanuel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 158: Kyrie Tau aus Himmelshöhn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 224: Maria durch ein Dornwald ging</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00353EC6">
+        <w:t>GL 233: O Herr, wenn du kommst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 263 + 47,2: KV Seht unser König + Ps 72 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 231: O Heiland reiß (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="00353EC6">
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00353EC6">
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 551: Nun singt ein neues Lied (3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB580E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="00353EC6">
-[...72 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00AB580E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA1265A" w14:textId="378963C3" w:rsidR="005D04CE" w:rsidRDefault="005D04CE" w:rsidP="005D04CE">
+    <w:p w14:paraId="4FCB757B" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-        <w:t>. Advent</w:t>
+      <w:bookmarkStart w:id="0" w:name="_Hlk120291552"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Dezember </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Mariä Empfängnis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17492AFB" w14:textId="1DF1CBA2" w:rsidR="005D04CE" w:rsidRPr="002A58A4" w:rsidRDefault="005D04CE" w:rsidP="005C0192">
+    <w:p w14:paraId="4B66D0A4" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Eva – die Mutter aller Lebendigen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 98 (KV GL 55,1: Jubelt ihr Lande)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk120291678"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>In Christus hat Gott uns erwählt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B42478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sei gegrüßt, du Begnadete!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425EFF11" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...204 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 795: Maria sei </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Ev</w:t>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>gegrüßet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 163,3: Kyrierufe (Weihnachten, Maria)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 956: Der Engel des Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 55: KV Jubelt ihr Lande + Ps 98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 527: Ave Maria zart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 650: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gegrüßet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">tun? </w:t>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seist du Maria (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ruf </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.d.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA29AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 962/2: KV Tota pulchra es</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 965: Mädchen du in Israel (NGL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D02A251" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRPr="002A58A4" w:rsidRDefault="0040388A" w:rsidP="00AA16F6">
-[...244 lines deleted...]
-    <w:p w14:paraId="1919F40A" w14:textId="00135160" w:rsidR="005D04CE" w:rsidRDefault="00E11020" w:rsidP="005D04CE">
+    <w:p w14:paraId="516C00B2" w14:textId="080D5897" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:tab/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk120291581"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="005D04CE">
-[...3 lines deleted...]
-        <w:t>. Advent</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dezember </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Adventsonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B3EBCB" w14:textId="40378B46" w:rsidR="005D04CE" w:rsidRPr="002A58A4" w:rsidRDefault="005D04CE" w:rsidP="005C0192">
+    <w:p w14:paraId="37639E7B" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E04D18">
-[...21 lines deleted...]
-        <w:t>einer hervorgehen …</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott selbst kommt und wird euch retten</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...63 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">APs: Ps 146 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 229: Herr erhebe dich)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> deinen Willen zu tun</w:t>
+        <w:t xml:space="preserve"> 2.L: Macht eu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>re Herzen</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> stark </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>Gesegnet bist du unter den Frauen</w:t>
+        <w:t>: Bist du es, der kommen soll?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F178EC9" w14:textId="5088C665" w:rsidR="007D2C76" w:rsidRPr="002A58A4" w:rsidRDefault="0040388A" w:rsidP="00AA16F6">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="03C3AB28" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 222: Herr send herab uns deinen Sohn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C63117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>721,3: Kyrie (Jahreszeit III)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 552: Herr mach uns stark (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253F6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t>GL 77: KV Der Herr ist erhaben + Ps 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 219: Kanon </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Mache</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dich auf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidR="003268AD" w:rsidRPr="002A58A4">
-[...6 lines deleted...]
-        <w:t>218</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Macht hoch die Tür </w:t>
-[...45 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">1: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kündet allen in der Not </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidR="00353EC6">
-[...182 lines deleted...]
-        <w:t>GL 390: Magnificat (Kanon Taizé)</w:t>
+      <w:r w:rsidRPr="00C63117">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>233: O Herr, wenn du kommst</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6318C72F" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRDefault="00756221" w:rsidP="005D04CE">
+    <w:p w14:paraId="0489C22D" w14:textId="27D20C7F" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Hl. Nacht – Christmette </w:t>
+      <w:bookmarkStart w:id="3" w:name="_Hlk120291601"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dezember </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Advent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>sonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A36F9C" w14:textId="77777777" w:rsidR="00285844" w:rsidRPr="002A58A4" w:rsidRDefault="00285844" w:rsidP="00285844">
+    <w:p w14:paraId="33EAE502" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ein Kind </w:t>
-[...7 lines deleted...]
-        <w:t>wurde uns</w:t>
+        <w:t xml:space="preserve">Die Jungfrau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>hat ein Kind</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> geboren </w:t>
+        <w:t xml:space="preserve"> empfangen </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps 96 </w:t>
-[...7 lines deleted...]
-        <w:t>(KV GL 635,3: Heute ist uns der Heiland …)</w:t>
+        <w:t xml:space="preserve">APs: Ps 24 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 633,3: Hebt euch ihr Tore)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: Die Gnade Gottes ist erschienen </w:t>
+        <w:t xml:space="preserve"> 2.L: Jesus Christus, Nachkomme Davids </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>Heute ist euch der Retter geboren</w:t>
+        <w:t>: Josef</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>, fürchte dich nicht, Maria zu dir zu nehmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A614175" w14:textId="336B3B0D" w:rsidR="005D04CE" w:rsidRDefault="00253F6D" w:rsidP="00AA16F6">
-[...31 lines deleted...]
-      <w:r w:rsidR="005E2FCD" w:rsidRPr="005E2FCD">
+    <w:p w14:paraId="55603B18" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 218: Macht hoch die Tür </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 721,5: Kyrie (Advent und Weihnachten)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 228: Tochter Zion freue dich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 633,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>3+4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: KV Hebt euch ihr Tore + Ps 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 528: Ein Bote kommt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 236: Es kommt ein Schiff, geladen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0596">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="005E2FCD">
-[...17 lines deleted...]
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>G</w:t>
-[...171 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 798: O komm, o komm Emmanuel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAF0631" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRDefault="00756221" w:rsidP="005D04CE">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="67C7D87D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>25</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Weihnachten – Hochfest der Geburt des Herrn </w:t>
+        <w:t xml:space="preserve">24. Dezember </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Hl. Nacht – Christmette </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2736AE47" w14:textId="77777777" w:rsidR="00285844" w:rsidRPr="000F19A7" w:rsidRDefault="00285844" w:rsidP="00285844">
+    <w:p w14:paraId="78C92C44" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ein Kind </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>wurde uns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geboren </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps 96 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 635,3: Heute ist uns der Heiland …)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Die Gnade Gottes ist erschienen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Das Wort ist Fleisch geworden</w:t>
+        <w:t>Heute ist euch der Retter geboren</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4F5FB2" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRDefault="00253F6D" w:rsidP="00AA16F6">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+    <w:p w14:paraId="58B42C61" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 243: Es ist ein Ros entsprungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 250: Engeln auf den Feldern singen (Gloria)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 249: Stille Nacht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 635,6+8: KV Der Himmel freue sich + Ps 96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 806</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / 256</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Ich steh an deiner Krippe hier </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 635,3: KV Heute ist uns der Heiland geboren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 801: Kommet ihr Hirten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 237: Vom Himmel hoch (2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0596">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...128 lines deleted...]
-      <w:r w:rsidR="00700AE2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
-      <w:r w:rsidR="00DA29AE">
-[...281 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2FCF36B5" w14:textId="77777777" w:rsidR="00E11020" w:rsidRDefault="00E11020" w:rsidP="00E11020">
+    <w:p w14:paraId="131772DD" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4D28">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">26. Dez </w:t>
-[...6 lines deleted...]
-        <w:t>Stephanus</w:t>
+        <w:t>25. Dez</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ember</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4D28">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4D28">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Weihnachten – Hochfest der Geburt des Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B727E6B" w14:textId="77777777" w:rsidR="00E11020" w:rsidRPr="000F19A7" w:rsidRDefault="00E11020" w:rsidP="00E11020">
+    <w:p w14:paraId="059E31CD" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich sehe den Himmel offen</w:t>
+        <w:t>Alle Enden der Erde werden das Heil sehen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps 31 </w:t>
-[...7 lines deleted...]
-        <w:t>(KV GL 308,1: Vater in deine Hände)</w:t>
+        <w:t xml:space="preserve">APs: Ps 98 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 55,1: Jubelt ihr Lande dem Herrn)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: -- </w:t>
+        <w:t xml:space="preserve"> 2.L: Gott hat </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zu uns </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gesprochen durch den Sohn </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Wer standhaft bleibt, </w:t>
-[...15 lines deleted...]
-        <w:t>wird gerettet</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Wort ist Fleisch geworden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF1F19E" w14:textId="61B3ABB7" w:rsidR="00E11020" w:rsidRPr="000F19A7" w:rsidRDefault="00E11020" w:rsidP="00E11020">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="1418"/>
+    <w:p w14:paraId="20E92AB7" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
-          <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">GL 239: Zu Betlehem geboren </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t>GL 241</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Nun freut euch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 722,2: Kyrie Licht, das uns erschien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 247: Lobt Gott, ihr Christen alle gleich </w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>807: Der Heiland ist geboren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 55: KV Jubelt ihr Lande + Ps 98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003C348E">
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 812: Singen wir mit Fröhlichkeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 244: Halleluja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 228: Tochter Zion freue dich (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 251: Jauchzet ihr Himmel (4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0747F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 380: Großer Gott </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gloria, 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sanktus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dank/Schluss)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17376293" w14:textId="36E802F3" w:rsidR="005D04CE" w:rsidRDefault="00E11020" w:rsidP="005D04CE">
+    <w:p w14:paraId="2C186C86" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>Hl. Familie</w:t>
+      <w:bookmarkStart w:id="4" w:name="_Hlk28000749"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Dezember </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Stephanus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CD515B" w14:textId="682C6400" w:rsidR="005D04CE" w:rsidRPr="000F19A7" w:rsidRDefault="005D04CE" w:rsidP="005C0192">
+    <w:p w14:paraId="40081371" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D6FC5" w:rsidRPr="000F19A7">
-[...5 lines deleted...]
-        <w:t>Vater und Mutter ehren und achten</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich sehe den Himmel offen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Selig wer Gott fürchtet)</w:t>
+        <w:t xml:space="preserve">APs: Ps 31 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 308,1: Vater in deine Hände)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2.L: -- </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">: Wer standhaft bleibt, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>wird gerettet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DEA9D3" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 239: Zu Betlehem geboren </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 163,7: Kyrierufe (Leben aus dem Glauben)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 247: Lobt Gott, ihr Christen alle gleich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>636,4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6150">
-[...5 lines deleted...]
-        <w:t>Sie fanden Jesus im Tempel</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Antwortgesang</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Christus ist </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">geboren </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 238: O du fröhliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 236: Es kommt ein Schiff … (5./6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B6F37D" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRPr="000F19A7" w:rsidRDefault="0040388A" w:rsidP="00AA16F6">
-[...197 lines deleted...]
-    <w:p w14:paraId="5AA7DDAC" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRDefault="00756221" w:rsidP="005D04CE">
+    <w:p w14:paraId="4925B9FA" w14:textId="6087A9FE" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-        <w:t>Silvester / Neujahr – Hochfest der Gottesmutter</w:t>
+      <w:bookmarkStart w:id="5" w:name="_Hlk28000779"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dezember </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hl. Familie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E3F2EE" w14:textId="77777777" w:rsidR="00CF6150" w:rsidRPr="002A58A4" w:rsidRDefault="00CF6150" w:rsidP="00CF6150">
+    <w:p w14:paraId="475C79BF" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vater und Mutter ehren und achten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps 128 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 71,1: Selig wer Gott fürchtet)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Die Liebe </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ist das Band der Vollkommenheit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002A58A4">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002A58A4">
-[...5 lines deleted...]
-        <w:t>: Die Beschneidung Jesu</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Die Flucht nach Ägypten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3435970C" w14:textId="77777777" w:rsidR="005D04CE" w:rsidRPr="002A58A4" w:rsidRDefault="00A64693" w:rsidP="00AA16F6">
-[...40 lines deleted...]
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+    <w:p w14:paraId="41B76AA1" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 806</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / 256</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Ich steh an deiner Krippe hier </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 163,3 Kyrierufe (Weihnachtszeit)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...45 lines deleted...]
-      <w:r w:rsidR="0040388A" w:rsidRPr="002A58A4">
+        <w:t>GL 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Vom Himmel hoch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 71: KV Selig wer Gott fürchtet + Ps 128</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL</w:t>
-[...37 lines deleted...]
-      <w:r w:rsidR="00A163F6" w:rsidRPr="00A163F6">
+        <w:t>GL 248: Ihr Kinderlein kommet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 446: Lass uns in deinem Namen (NGL; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0747F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00A163F6">
-[...8 lines deleted...]
-      <w:r w:rsidR="00580F66">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...29 lines deleted...]
-      <w:r w:rsidR="000A6169">
+        <w:t>GL 799: O Jubel, o Freud</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CD6E03" w14:textId="67CFDA06" w:rsidR="006010E5" w:rsidRDefault="00E11020" w:rsidP="006010E5">
+    <w:p w14:paraId="34827EF3" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:bookmarkStart w:id="6" w:name="_Hlk28000801"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. Dez / 1. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006010E5">
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Jän</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006010E5">
-[...10 lines deleted...]
-        <w:t>2. Sonntag nach Weihnachten</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Silvester / Neujahr – Hochfest der Gottesmutter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E024134" w14:textId="77777777" w:rsidR="006010E5" w:rsidRPr="00307217" w:rsidRDefault="006010E5" w:rsidP="006010E5">
+    <w:p w14:paraId="0D4D0FAA" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00307217">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00307217">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00307217">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>So sollt ihr segnen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="00307217">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps 67 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 45,1: Der Herr krönt das Jahr)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00307217">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Als die Zeit erfüllt war </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00307217">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00307217">
-[...5 lines deleted...]
-        <w:t>: Im Anfang war das Wort</w:t>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Die Beschneidung Jesu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178C591C" w14:textId="25963A99" w:rsidR="006010E5" w:rsidRDefault="006010E5" w:rsidP="00AA16F6">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00307217">
+    <w:p w14:paraId="605EA900" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 258: Lobpreiset all zu dieser Zeit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 721,5: Kyrierufe (Advent/Weihnachten)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 243: Es ist ein Ros entsprungen  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 46: KV Lass dein Angesicht </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>+ Ps 67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 907: Meine Zeit (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 897 / 430: Von guten Mächten (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4D28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="00307217">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00307217">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L / APs)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 247: Lobt Gott, ihr Christen alle gleich</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="00AA16F6">
+        <w:t>GL 453: Bewahre uns Gott (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 921,3: Es segne und behüte uns (Kanon)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>GL 921,1: Gott du bist Anfang und Ende</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F07CB5" w14:textId="77777777" w:rsidR="00756221" w:rsidRDefault="00756221" w:rsidP="00756221">
+    <w:p w14:paraId="7F75D9D4" w14:textId="6BFC284D" w:rsidR="00E319E9" w:rsidRPr="0081069E" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081069E">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0081069E">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Jän</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Erscheinung des Herrn – Dreikönig </w:t>
+      <w:r w:rsidRPr="0081069E">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Sonntag nach Weihnachten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3207E68F" w14:textId="77777777" w:rsidR="00CF6150" w:rsidRPr="002A58A4" w:rsidRDefault="00CF6150" w:rsidP="00CF6150">
+    <w:p w14:paraId="673288AF" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRPr="002A58A4" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">erde licht, Jerusalem </w:t>
+        <w:t xml:space="preserve">Die Weisheit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>schlug Wurzeln in</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> seinem Volk </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps 72 </w:t>
-[...7 lines deleted...]
-        <w:t>(KV GL 260: Werde Licht Jerusalem)</w:t>
+        <w:t xml:space="preserve">APs: Ps 147 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 255: Das Wort wurde Fleisch)</w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: Die Heiden </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2.L: Gott hat uns im Voraus erwählt </w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wir haben seinen Stern aufgehen sehen</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Das Wort ist Fleisch geworden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6398D37A" w14:textId="77777777" w:rsidR="00756221" w:rsidRPr="000F19A7" w:rsidRDefault="0040388A" w:rsidP="00AA16F6">
+    <w:p w14:paraId="0BDBDC9C" w14:textId="43A312A0" w:rsidR="00E319E9" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Jauchzet ihr Himmel (4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 160: Kyrie Gott des Vaters </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ewger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sohn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>247</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="002A58A4" w:rsidRPr="000F19A7">
-[...72 lines deleted...]
-      <w:r w:rsidR="009D3B5E">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lobt Gott, ihr Christen alle gleich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>78: KV Jerusalem rühme den Herrn + Ps 147</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t>GL</w:t>
       </w:r>
-      <w:r w:rsidR="008B4509">
-[...26 lines deleted...]
-      <w:r w:rsidR="006042BB" w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 239: Zu Betlehem geboren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidR="008B4509">
-[...8 lines deleted...]
-      <w:r w:rsidR="008B4509" w:rsidRPr="009D3B5E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">810: Der Abglanz des Vaters (1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3B5E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="008B4509">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008B4509">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008B4509">
-[...90 lines deleted...]
-        <w:t>GL 805,2: KV Ein Licht ging strahlend auf</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F5CD6D" w14:textId="5BB21E8D" w:rsidR="00756221" w:rsidRDefault="00E11020" w:rsidP="00756221">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="2A864057" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>12</w:t>
-[...26 lines deleted...]
-        <w:t>Taufe des Herrn</w:t>
+        <w:t xml:space="preserve">6. Jänner </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Erscheinung des Herrn – Dreikönig </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D6D433" w14:textId="17354CE8" w:rsidR="00756221" w:rsidRPr="000F19A7" w:rsidRDefault="00CF6150" w:rsidP="005C0192">
+    <w:p w14:paraId="7B5F0D30" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002A58A4" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002A58A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Steh auf, w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erde licht, Jerusalem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps 72 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 260: Werde Licht Jerusalem)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Die Heiden </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>haben teil an der Verheißung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wir haben seinen Stern aufgehen sehen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0889E480" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 811: Ein Stern mit hellem Brande</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 722,2: Kyrie Licht, das uns erschien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 812: Singen wir mit Fröhlichkeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 635,4+5: KV Heute erstrahlt ein Licht + Ps 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 189: KV Siehe wir kommen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 810: Der Abglanz (2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 261: Stern über </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Betlehem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 805,2: KV Ein Licht ging strahlend auf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301C4EC1" w14:textId="77777777" w:rsidR="00DF66C6" w:rsidRDefault="00DF66C6" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0696FD6B" w14:textId="77777777" w:rsidR="00DF66C6" w:rsidRDefault="00DF66C6" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E97923A" w14:textId="77777777" w:rsidR="00DF66C6" w:rsidRPr="000F19A7" w:rsidRDefault="00DF66C6" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0FB1EE" w14:textId="65BB9D4C" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Jän</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ner</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Taufe des Herrn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E29D07A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Das ist mein Knecht, an ihm finde ich Gefallen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -5800,3863 +5224,3721 @@
         </w:rPr>
         <w:t xml:space="preserve">Gott hat </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Jesus gesalbt mit dem H</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>eiligen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Geist</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00756221" w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve"> Geist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00756221" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00756221" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00756221" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="000D6FC5" w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t>: Du bist mein geliebter Sohn</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dieser ist mein geliebter Sohn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8DE269" w14:textId="5B4AE76E" w:rsidR="00CF04A6" w:rsidRDefault="00A64693" w:rsidP="006C6F38">
-[...30 lines deleted...]
-      <w:r w:rsidR="00590B0C">
+    <w:p w14:paraId="6D65DCF7" w14:textId="33A234FD" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 491: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ich bin getauft</w:t>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
-      <w:r w:rsidR="00590B0C">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidR="002D7593" w:rsidRPr="00FA4A19">
-[...26 lines deleted...]
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47: KV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In den Tagen des Herrn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>+ Ps 72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...45 lines deleted...]
-      <w:r w:rsidR="00A163F6" w:rsidRPr="009D3B5E">
+        <w:t>GL 924</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>/925</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Fest soll mein </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Taufbund</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 810: Der Abglanz (3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3B5E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00A163F6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A163F6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A163F6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A163F6" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">: Fest soll mein </w:t>
+        <w:t>GL 489: Lasst uns loben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 891: Alle meine Quellen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 365: Meine Hoffnung und meine Freude</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 362: Jesus Christ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
-[...6 lines deleted...]
-        <w:t>Taufbund</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>you</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0040388A" w:rsidRPr="000F19A7">
-[...52 lines deleted...]
-        <w:t xml:space="preserve">5: O Jesu </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D035D4">
-[...6 lines deleted...]
-        <w:t>Christe</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D035D4">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>my</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>life</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733388C8" w14:textId="77777777" w:rsidR="00FC0D1C" w:rsidRDefault="00FC0D1C" w:rsidP="006C6F38">
-[...27 lines deleted...]
-    <w:p w14:paraId="4BD19D6C" w14:textId="24193B25" w:rsidR="00C531D5" w:rsidRDefault="006010E5" w:rsidP="00C531D5">
+    <w:p w14:paraId="216F717E" w14:textId="646E6BDE" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00E11020">
-[...31 lines deleted...]
-      <w:r w:rsidR="000903A6">
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Jän</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ner</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">2. Sonntag im Jahreskreis </w:t>
       </w:r>
-      <w:r w:rsidR="00C531D5" w:rsidRPr="001323DD">
+      <w:r w:rsidR="00DF66C6" w:rsidRPr="00DF66C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>(Gebetswoche</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C531D5">
+        <w:t xml:space="preserve">(Gebetwoche </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Einheit der Christen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C531D5" w:rsidRPr="001323DD">
+        <w:t>Einheit der Christen</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6" w:rsidRPr="001323DD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4391184B" w14:textId="1DA99D4A" w:rsidR="00C531D5" w:rsidRPr="000F19A7" w:rsidRDefault="00C531D5" w:rsidP="005C0192">
+    <w:p w14:paraId="4B61A4F2" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C6F38">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich mache dich zum Licht </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>der Nationen</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...55 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">APs: Ps 40 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 31,1: Selig der Mensch)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2.L: Die Geheiligten in Christus Jesus </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>So tat Jesus sein erstes Zeichen in Kana</w:t>
+        <w:t>: Seht das Lamm Gottes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305DC9D7" w14:textId="77777777" w:rsidR="00C531D5" w:rsidRPr="00C3504A" w:rsidRDefault="00C531D5" w:rsidP="005C0192">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="7C01BE43" w14:textId="322B4771" w:rsidR="0070074A" w:rsidRPr="00C3504A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>GL</w:t>
-[...25 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">GL 409: Singt dem Herrn ein neues Lied </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 41: KV Ich bin arm und gebeugt + Ps 40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidR="006C6F38" w:rsidRPr="00D035D4">
-[...17 lines deleted...]
-      <w:r w:rsidR="006C6F38">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">385: Nun saget Dank </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5: O Jesu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Christe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wahres Licht (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...45 lines deleted...]
-      <w:r w:rsidR="00D035D4" w:rsidRPr="00D035D4">
+        <w:t>GL 395: D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>en Herrn will ich loben (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6D4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00D035D4" w:rsidRPr="00D035D4">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 783: O Lamm Gottes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DF66C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL</w:t>
-[...119 lines deleted...]
-        <w:t>GL 487: Nun singe Lob du Christenheit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6" w:rsidRPr="00FE0DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 481: Sonne der Gerechtigkeit (Ökumene)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6" w:rsidRPr="00FE0DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 923: Strahlen brechen viele (Ökumene)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321B3BFE" w14:textId="7833CFEF" w:rsidR="00C40F0B" w:rsidRDefault="00E11020" w:rsidP="00C40F0B">
+    <w:p w14:paraId="69ED152F" w14:textId="653E52A0" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>26</w:t>
-[...32 lines deleted...]
-        <w:t>Bibelsonntag</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Jän</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. Sonntag im Jahreskreis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081069E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(Bibelsonntag</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D949AD" w14:textId="77777777" w:rsidR="00C40F0B" w:rsidRPr="000F19A7" w:rsidRDefault="00C40F0B" w:rsidP="00C40F0B">
+    <w:p w14:paraId="4752AE39" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Das ganze Volk lauschte auf das Buch</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Volk, das i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>n der Finsternis ging</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...39 lines deleted...]
-        <w:t>Herr du hast Worte)</w:t>
+        <w:t xml:space="preserve">APs: Ps 27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 38,1: Der Herr ist mein Licht)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2.L: Seid </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">einmütig, duldet keine Spaltungen </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-        <w:t>Heute hat sich dieses Schriftwort erfüllt</w:t>
+        <w:t xml:space="preserve">: Das Himmelreich ist nahe – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Kommt her, mir nach!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B8F2A6" w14:textId="799E82E5" w:rsidR="006010E5" w:rsidRDefault="00C40F0B" w:rsidP="006010E5">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="49F2AE1A" w14:textId="200A107E" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL 874: Singet danket unserm Gott</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">GL </w:t>
-[...8 lines deleted...]
-        <w:t>730: KV Dein Wort o Herr + Ps 19 (3-stg.)</w:t>
+        <w:t xml:space="preserve">GL 721,12: Kyrielitanei (Nachfolge) </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve">GL 461: Mir nach, spricht Christus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 38: KV Der Herr ist mein Licht + Ps 27</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> APs)</w:t>
+        <w:t>GL 450: Gottes Wort ist wie Licht (Kanon)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 919: Vater ich will dich preisen (NGL)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 450: Gottes Wort ist wie Licht … (Kanon)</w:t>
-[...26 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">GL 312,7: KV Herr du hast Worte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 730: KV Dein Wort o Herr + Ps 19 (3-stg.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09102331" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="7E0DFCC6" w14:textId="759A8AAA" w:rsidR="0070074A" w:rsidRPr="008A2176" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC0D1C">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Februar</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. Sonntag im Jahreskreis  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B22CB44" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="79A73641" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="008A2176" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sucht Gerechtigkeit, sucht Demut! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 146 (KV GL 71,1: Selig wer Gott fürchtet)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: Das Niedrige hat Gott erwählt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t>Meine Augen haben das Heil gesehen</w:t>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Die Seligpreisungen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DCDFF3" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...75 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1ED96569" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 424: Wer nur den lieben Gott lässt walten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 77: KV Der Herr ist erhaben + Ps 146</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:t>GL 142: Zu dir o Gott erheben wir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 395 Den Herren will ich loben (2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L/2.L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 422: Ich steh vor dir mit leeren Händen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>GL</w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-      <w:r w:rsidRPr="00AE61F6">
+      <w:r w:rsidRPr="00FE0DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 458</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>/459</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0DBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Selig seid ihr (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0DBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FE0DBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00FE0DBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00FE0DBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76675194" w14:textId="24FAF219" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="1514221F" w14:textId="2C6B90B8" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">5. Sonntag im Jahreskreis </w:t>
+        <w:t>2. Feb</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ruar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Darstellung des Herrn (Lichtmess)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B1A395" w14:textId="785888F5" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="406DC2D9" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Hier bin ich, sende mich</w:t>
+        <w:t>Der Herr, den ihr sucht – seht, er kommt!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">138 (KV GL </w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 52,1: Herr du bist König)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In allem seinen Brüdern gleich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00DD4907">
-[...10 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Meine Augen haben das Heil gesehen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD8D287" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>950</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nun sind wir alle frohgemut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 722,2: Kyrie Licht, das uns erschien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 665,3: Nun lässt du Herr (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Nunc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>dimittis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...10 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 633,3+4: KV Hebt euch ihr Tore + Ps 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...40 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="00AE61F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>856: Du bist das Licht der Welt (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE61F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE61F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Im Frieden dein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE61F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
-[...2 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t>Sie verließen alles und folgten ihm nach</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 84: M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>orgenglanz der Ewigkeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 710,10: In Frieden lasst uns gehen (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Haydnm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DDD7F0B" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...136 lines deleted...]
-    <w:p w14:paraId="155FA2D7" w14:textId="41D2B0E8" w:rsidR="007D2C76" w:rsidRPr="00094724" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="12115AC4" w14:textId="0F5D6085" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00094724">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">6. Sonntag im Jahreskreis </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Feb</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ruar</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5. Sonntag im Jahreskreis  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F6BD6B" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="00094724" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="3ED3BCE3" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00094724">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00094724">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="00C16944">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ann geht im Dunkel dein Licht auf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="00094724">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>112 (KV GL 61,1: Selig der Mensch der gütig)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00094724">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Geheimnis Gottes: Jesus Christus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00094724">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00094724">
-[...5 lines deleted...]
-        <w:t>: Selig, ihr Armen! – Weh euch, ihr Reichen!</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Euer Licht soll vor den Menschen leuchten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FC7A8B" w14:textId="52B7EA1E" w:rsidR="00CF04A6" w:rsidRPr="00FC0D1C" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...44 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="5C022655" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>455: All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>es meinem Gott zu Ehren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 61: KV Selig der Mensch + Ps 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00B93F29">
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 440: Hilf Herr meines Lebens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 483: Halleluja – Ihr seid das Volk (2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425390">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.L/</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 472: Manchmal feiern wir (NGL, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00660D5E">
+        <w:t>GL 893: Hände die schenken (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 481</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sonne der Gerechtigkeit (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L)</w:t>
-[...56 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 989: Christus dein Licht (Taizé)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 474: Wenn wir das Leben teilen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A499C8" w14:textId="186FFE74" w:rsidR="007D2C76" w:rsidRPr="00CB239B" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="782BE6CC" w14:textId="77777777" w:rsidR="00DF66C6" w:rsidRDefault="00DF66C6" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59856ADC" w14:textId="53A7966B" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB239B">
-[...22 lines deleted...]
-        <w:t>7. Sonntag im Jahreskreis</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Feb</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ruar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Sonntag im Jahreskreis  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9" w:rsidRPr="000F1105">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(Fasching</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ssonntag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9" w:rsidRPr="000F1105">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AC5968" w14:textId="4F2D4E9C" w:rsidR="007D2C76" w:rsidRPr="00CB239B" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="6E616DE9" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00CB239B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wenn du willst, wirst du die Gebote bewahren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 31,1: Selig der Mensch)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Was kein Auge gesehen und kein Ohr gehört</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CB239B">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CB239B">
-[...53 lines deleted...]
-        <w:t>!</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ihr habt gehört – ich aber sage euch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65EEDD1F" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="00E05EF3" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="23B526D9" w14:textId="47420E67" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 140: Kommt herbei singt dem Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 729: KV Dein Wort o Herr + Ps 119 (3-stg)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>GL 446: Lass uns in deinen Namen Herr (NGL)</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>143</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mein ganzes Herz erhebet dich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>543: Wohl denen die da wandeln (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL</w:t>
-[...45 lines deleted...]
-        <w:tab/>
+        <w:t>GL 305,4: KV Dies ist mein Gebot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 448: Herr gib uns Mut zum Hören</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A5CF26" w14:textId="7A446CD8" w:rsidR="007D2C76" w:rsidRPr="008C1C01" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="2F3EFAD3" w14:textId="63AB4F43" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>2. März</w:t>
-[...41 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Feb</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Aschermittwoch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0892F6" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="008C1C01" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="1E29477F" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
-[...10 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="00170514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kehrt um zum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16944">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00170514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gott!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 639,1: Erbarme dich meiner)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Lasst euch mit Gott versöhnen!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008C1C01">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008C1C01">
-[...5 lines deleted...]
-        <w:t>: Jeden Baum erkennt man an seinen Früchten</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Almosen – Beten – Fasten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C31E72B" w14:textId="00759404" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...44 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="30A89A9F" w14:textId="7884AD73" w:rsidR="0070074A" w:rsidRPr="004B7F71" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>266: Bekehre uns</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>163,4: Kyrierufe (Umkehr, Buße)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...47 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>460: Wer leben will wie Gott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 639,1+2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: KV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erbarme dich meiner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 140: Kommt herbei</w:t>
-[...35 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 815: Sag ja zu mir wenn alles nein sagt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>268: Erbarme dich (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF66C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DF66C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 440: Hilf Herr meines Lebens</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 437: Meine engen Grenzen (NGL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117E369D" w14:textId="3F3E63F5" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="4F40842D" w14:textId="050D8602" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-        <w:t>Aschermittwoch</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Feb</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ruar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Fastensonntag </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3201DE48" w14:textId="32BC4E2C" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="791B97F2" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D90FEF" w:rsidRPr="00170514">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> Gott!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>affung und Sünde der Stammeltern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>APs: Ps</w:t>
-[...31 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 639,1: Erbarme dich meiner, o Gott)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Lasst euch mit Gott versöhnen!</w:t>
+        <w:t>Die Sünde Adams und Gnade durch Christus</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -9669,439 +8951,510 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Almosen – Beten – Fasten </w:t>
+        <w:t>Die Versuchung Jesu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB9414F" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="004B7F71" w:rsidRDefault="007D2C76" w:rsidP="00AA16F6">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="32A12ACE" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00C3504A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>266: Bekehre uns</w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>818: Aus der Tiefe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">814: O höre Herr, erhöre mich (Kyrie; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>163,4: Kyrierufe (Umkehr, Buße)</w:t>
+        <w:t>273: O Herr, nimm unsre Schuld</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>639,1+2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: KV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erbarme dich meiner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 440: Hilf Herr meines Lebens</w:t>
-[...45 lines deleted...]
-        <w:t>51</w:t>
+        <w:t>GL 423:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wer unterm Schutz des Höchsten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 176,3: KV Herr Jesus, dir sei Ruhm (Ruf </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>v.d.Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...63 lines deleted...]
-        <w:t>GL 815: Sag ja zu mir, wenn alles nein sagt</w:t>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 272: Zeige uns Herr deine Allmacht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 517: KV Der Herr vergibt die Schuld</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0B1C50" w14:textId="4DA8CEA1" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="6BF3FF78" w14:textId="47ADB158" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. März</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. Fastensonntag  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5749EDC5" w14:textId="0D5C99F6" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="0A9C883F" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D90FEF">
+      <w:r w:rsidRPr="00707521">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:smallCaps/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Herr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> führte uns aus Ägypten</w:t>
+        <w:t xml:space="preserve"> beruft Abraham</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>91</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 75,1: Ich schreie zu dir)</w:t>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 64,1: Die ihr ihn fürchtet, vertraut …)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wer den Namen des Herrn anruft, wird gerettet</w:t>
+        <w:t>Gott hat uns mit einem heiligen Ruf gerufen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -10114,544 +9467,2569 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Versuchung Jesu</w:t>
-[...7 lines deleted...]
-        <w:t>: Der Mensch lebt nicht vom Brot</w:t>
+        <w:t>Die Verklärung Jesu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A338E0F" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="00C3504A" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="322390DC" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 481:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sonne der Gerechtigkeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 721,12: Kyrielitanei (Nachfolge) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 364/853</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>818: Aus der Tiefe</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t>: Schönster Herr Jesus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 728: KV Zu dir o Herr + Ps 25 (3-stg.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>814: O höre H</w:t>
-[...8 lines deleted...]
-        <w:t>err, erhöre mich (Kyrie</w:t>
+        <w:t>358: Ich will dich lieben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>629,5: KV Christus Sieger (Ruf v. d. Ev.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 858: Sei gegrüßt (Hymnus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>akathistos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 365: Meine Hoffnung und meine Freude (Taizé)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197915B3" w14:textId="77EB397A" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. März</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Fastensonntag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55423C55" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Volk in der Wüste – Gott gibt Wasser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>95 (KV GL 53,1: Hört auf die Stimme des Herrn)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Liebe Gottes ist ausgegossen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jesus und die Samariterin am Jakobsbrunnen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69116D95" w14:textId="1C33CA51" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>491: Ich bin getauft (Taufgedächtnis)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 721,6: Kyrielitanei (Fastenzeit I)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 437: Meine engen Grenzen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 53: KV Hört auf die Stimme des Herrn + Ps 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 815</w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sag ja zu mir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>584,9: KV Lob dir Christus (Ruf v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. d. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 891: Alle meine Quellen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 422: Ich steh vor dir mit leeren Händen Herr </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA5CBC3" w14:textId="70FE7A7E" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. März</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. Fastensonntag </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1077B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Laetare)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F86E17D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Samuel salbte David zum König</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 37,1: Der Herr ist mein Hirt)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Lebt als Kinder des Lichtes!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Heilung des Blindgeborenen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60840327" w14:textId="057BF70B" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 143: Mein ganzes Herz erhebet dich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 721,7: Kyrielitanei (Fastenzeit II)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>273: O Herr, nimm unsre Schuld</w:t>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="00163ADA">
+        <w:t>461: Mir nach spricht Christus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 37: KV Der Herr ist mein Hirt + Ps 23</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 272: Zeige uns Herr deine Allmacht </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00163ADA">
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Heilges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kreuz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">640,1: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resp. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr unser Gott (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="00163ADA">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">s, </w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00163ADA">
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00163ADA">
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00163ADA">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 446: Lass uns in deinem Namen (NGL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 485: O Jesu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Christe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wahres Licht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 889: Der Herr ist mein getreuer Hirt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00834115">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4F823C" w14:textId="77777777" w:rsidR="002A7DB3" w:rsidRDefault="002A7DB3" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3A7957" w14:textId="77777777" w:rsidR="002A7DB3" w:rsidRDefault="002A7DB3" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39EF5EC8" w14:textId="14CE3D68" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. März</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Hl. Josef  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F14029D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich werde für ihn Vater sein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>89</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 401: Lobet den Herrn)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abraham hat gegen alle Hoffnung geglaubt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A58A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Josef </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>tat, was der Engel des Herrn ihm befohlen hatte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB5005A" w14:textId="1BCB4CE5" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 142: Zu dir o Gott erheben wir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">176,3: KV Herr Jesus, dir sei Ruhm (Ruf </w:t>
+        <w:t xml:space="preserve">716: Gott in der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t>Höh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Gloria! … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sanktus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 543: Wohl denen, die da wandeln</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 657,3+4: KV Dein Erbarmen o Herr + Ps 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 972: Sankt Josef, dich hat Gott bestellt</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3" w:rsidRPr="0033206F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 542</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Ihr Freunde Gottes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>allzugleich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="70958EF2" w14:textId="53E5AFE9" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. März</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Fastensonntag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3499D180" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich öffne eure Gräber, ihr werdet lebendig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>130</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 639,3: Beim Herrn ist Barmherzigkeit)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Geist Gottes wird euch lebendig machen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Auferweckung des Lazarus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C06F172" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>289: O Haupt voll Blut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00891BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>722,3: Kyrie Christus, Gotteslamm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>297: Wir danken dir Herr Jesus Christ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 639,3+4: KV Beim Herrn ist … + Ps 130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>464: Gott liebt diese Welt (1./5./6.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 176,3: KV Herr Jesus, dir sei Ruhm (Ruf </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>v.d.Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 501: KV Ich weiß dass mein Erlöser lebt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>818: Aus der Tiefe (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36DDBA14" w14:textId="6A456AC9" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="12CA4680" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>25. März</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Verkündigung des Herrn  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FF55E4" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRPr="000F19A7" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Jungfrau hat empfangen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 625,4: Mein Herz ist voll Freude)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich komme, um deinen Willen zu tun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Du hast bei Gott Gnade gefunden, Maria </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028F1148" w14:textId="2A50B0FF" w:rsidR="00E319E9" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>395: Den Herren will ich loben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 167: Dir Gott im Himmel (Gloria!)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 528: Ein Bote kommt der Heil verheißt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 41: KV Ich bin arm und gebeugt + Ps 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 529: Christi Mutter stand mit Schmerzen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">650: Resp. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gegrüßet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seist du Maria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11622F24" w14:textId="268407E2" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">2. Fastensonntag  </w:t>
+        <w:t xml:space="preserve">29. März </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Palmsonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733868EE" w14:textId="7D7E3C82" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="7EB733A5" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0096092F">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Gottesknecht: Ich wehrte mich nicht</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>27</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 38,1: Der Herr ist mein Licht …)</w:t>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 293: Mein Gott, mein Gott)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Unsere Heimat ist im Himmel</w:t>
+        <w:t>Christus war gehorsam bis zum Tod</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -10664,3203 +12042,4105 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Verklärung Jesu</w:t>
-[...23 lines deleted...]
-        <w:t>Du bist mein geliebter Sohn</w:t>
+        <w:t>Die Leidensgeschichte nach Matthäus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561E603B" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="55452A4A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>GL 364/853</w:t>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>: Schönster Herr Jesus</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t>280: Singt dem König Freudenpsalmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>279: Kyrie Hosanna dem Sohne Davids</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="006032F2">
+        <w:t>GL 821: Jesus zieht in Jerusalem ein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>819: Lass mich deine Leiden singen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 358: Ich will dich lieben</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>297: Wir danken dir Herr Jesus Christ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 560/629,5: KV Christus Sieger (Ruf v. d. Ev.)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>GL 364: Meine Hoffnung (Taizé)</w:t>
+      <w:r w:rsidRPr="008A548B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Palmprozession:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A548B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 437: Meine engen Grenzen (NGL)</w:t>
-[...36 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>392: Lobe den Herren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 302,3: KV Hosanna + Verse GL 560 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 302,2: KV Hosanna dem Sohne Davids </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665E9551" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="597441B5" w14:textId="579E4673" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>19. März</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Hl. Josef  </w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. April</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gründonnerstag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5593351E" w14:textId="252D6EBD" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="0096092F">
+    <w:p w14:paraId="5C099B03" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich werde für ihn Vater sein</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+        <w:t>Die Feier des Pessach in Ägypten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
-      <w:r w:rsidR="0096092F">
-[...23 lines deleted...]
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>116</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 305,3: Der Kelch den wir segnen)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r w:rsidR="0096092F">
-[...15 lines deleted...]
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das ist mein Leib für euch!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0096092F" w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0096092F" w:rsidRPr="002A58A4">
-[...13 lines deleted...]
-        <w:t>tat, was der Engel des Herrn ihm befohlen hatte</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Fußwaschung: Er liebte sie bis zur Vollendung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADAC5DA" w14:textId="594B7E3D" w:rsidR="00CF04A6" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="778CAF42" w14:textId="122DB5DC" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>282: Beim letzten Abendmahle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 60: KV Der Herr hat uns befreit + Ps 111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 922:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Des sollt ihr Christi Jünger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 788: KV Du reichst uns Herr + Ps 145 (3-stg.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 142: Zu dir o Gott erheben wir</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>938</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Deinem Heiland </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2./4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Str</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>!)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">716 Gott in der </w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>305,4: KV Dies ist mein Gebot (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Höh</w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034339F">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="0034339F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 786: Nehmt und esst den Leib des Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 281: Also sprach beim Abendmahle (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002805A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034339F">
-[...6 lines deleted...]
-        <w:t>Sanktus</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034339F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 543: Wohl denen, die da wandeln</w:t>
-[...11 lines deleted...]
-      <w:r>
+        <w:t>GL 209: Du teilst es aus mit deinen Händen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 305,5/442: KV Wo die Güte … / Wie ein Ring …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0033206F">
-[...45 lines deleted...]
-        <w:t>GL 972: Sankt Josef, dich hat Gott bestellt</w:t>
+      <w:r w:rsidRPr="008A548B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ölbergandacht:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 286: KV Bleibet hier und wachet mit mir</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 675,3.6.8; 676,1: Andachtsteile</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4FACEA" w14:textId="2607BA49" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="6B2C69C4" w14:textId="4CAA047B" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">3. Fastensonntag  </w:t>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. April</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Karfreitag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A980C7" w14:textId="34B53904" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="21E26889" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich bin, der ich bin</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> – Das ist mein Name für immer</w:t>
+        <w:t>Der Gottesknecht: Er wurde durchbohrt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>103 (KV GL 518: Beim Herrn ist Barmherzigkeit)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 308,1: Vater in deine Hände)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Das Beispiel – uns zur Warnung aufgeschrieben</w:t>
+        <w:t>Christus ist zum Urheber des Heils geworden</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ihr werdet umkommen, wenn ihr euch nicht bekehrt</w:t>
+        <w:t>Die Leidensgeschichte nach Johannes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7914EA" w14:textId="5876618A" w:rsidR="0096092F" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="05D10BA4" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0086276E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">823: </w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>289: O Haupt voll Blut und Wunden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>292: Fürwahr er trug … (1.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>270</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kreuz auf das ich schaue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>819: Lass mich deine Leiden singen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>823:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0086276E">
-[...6 lines deleted...]
-        <w:t>Heilges</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Heil‘ges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0086276E">
-[...36 lines deleted...]
-      <w:r w:rsidRPr="0086276E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kreuz sei hochverehret</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 822: O du mein Volk was tat ich dir</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 270</w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>GL 300: Heiliger Herre Gott (3-stg.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D9804B" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="3FB84B13" w14:textId="4ED29901" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>25. März</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Verkündigung des Herrn  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. April</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Osternacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BFEE8F" w14:textId="77777777" w:rsidR="0096092F" w:rsidRPr="000F19A7" w:rsidRDefault="0096092F" w:rsidP="0096092F">
+    <w:p w14:paraId="1C24F018" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Die Jungfrau hat empfangen</w:t>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott sah alles an: Es war sehr gut</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>40</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t>104 (KV GL 312,2: Sende aus deinen Geist)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...29 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Opfer unseres Vaters Abraham</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 16 (KV GL 312,3: Behüte mich Gott)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Auf trockenem Boden mitten durch das Meer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ex 15 (KV GL 312,4: Dem Herrn will ich singen)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Mit ewiger Huld habe ich mich deiner erbarmt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 30 (KV GL 312,5: Aus der Tiefe)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Auf, alle Durstigen, kommt zum Wasser!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 (KV GL 312,6: Freudig lasst uns schöpfen)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Höre die Gebote des Lebens!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 19 (KV GL 312,7: Herr du hast Worte)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich gebe euch ein neues Herz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 42 (KV GL 312,8: Wie der Hirsch verlangt)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ep</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wir werden mit Christus leben!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>118 (KV GL 312,9: Halleluja)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Du hast bei Gott Gnade gefunden, Maria </w:t>
+        <w:t>Er ist auferstanden, wie er gesagt hat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1822162C" w14:textId="0336E6D4" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="501B9A8A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 826: Jauchzet dem Herren (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Exultet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:bookmarkStart w:id="7" w:name="_Hlk38355262"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">411: Erde singe </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995092">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00E710C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 528: Ein Bote kommt (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00056ED4">
+        <w:t xml:space="preserve"> 925: Fest soll mein </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Taufbund</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 392,1: Lobe den Herren (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995092">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-        <w:t>GL 40: KV Ich bin arm … + Ps 40 (9-14)</w:t>
+        <w:t xml:space="preserve"> 3. L)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 956: Der Engel des Herrn</w:t>
-[...31 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 329</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Das ist der Tag (3.+4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tauffeier) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 142,2: Herr zeige uns die Wege (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995092">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. L/6. L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 532: Christi Mutter stand mit Schmerzen</w:t>
-[...9 lines deleted...]
-        <w:t>GL 649,4: KV Siehe ich bin die Magd des Herrn</w:t>
+        <w:t>GL 337: Freu dich erlöste Christenheit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 66: Ruf Halleluja + Ps 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 833: Christus ist erstanden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 891: Alle meine Quellen (NGL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995092">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. L; Tauffeier)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146273A0" w14:textId="77777777" w:rsidR="00FC0D1C" w:rsidRDefault="00FC0D1C" w:rsidP="007D2C76">
-[...13 lines deleted...]
-    <w:p w14:paraId="6EB94ACE" w14:textId="3F0F3E6E" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="4E048775" w14:textId="61BB01F5" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">(Laetare)  </w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. April</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ostersonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5577C336" w14:textId="2212A0F4" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="1ECD7FDA" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Pessach im verheißenen Land</w:t>
+        <w:t>Wir sind Zeugen: Gott hat ihn auferweckt</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>34</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 39,1: Kostet, kostet und seht)</w:t>
+        <w:t>118</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 66,1: Das ist der Tag)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Lasst euch mit Gott versöhnen!</w:t>
+        <w:t>Ihr seid mit Christus auferweckt</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00750B73">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk38355298"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Er sah und glaubte. – Halte mich nicht fest!</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="6E88CA8D" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="4CAE9AB2" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C843F9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">GL 427: Herr deine </w:t>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>328: Gelobt sei Gott im höchsten Thron</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>318: Christ ist erstanden (Kyrieleis)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 837: Halleluja lasst uns singen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 66: KV Das ist der Tag + Ps 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 833: Christus ist erstanden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>65,3+4: Halleluja + Psalm 117 lateinisch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>322: Ihr Christen singet hocherfreut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">380: Großer Gott (1. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C843F9">
-[...6 lines deleted...]
-        <w:t>Güt</w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Str</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C843F9">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C843F9">
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidRPr="00C843F9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gloria, 3. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C843F9">
-[...6 lines deleted...]
-        <w:t>Ev</w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Str</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C843F9">
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sanktus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C843F9">
-[...142 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0BF1960E" w14:textId="5446439E" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="617189F6" w14:textId="31A556C7" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk4672688"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C76">
+      <w:r w:rsidR="0070074A">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>. April</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C76">
-[...4 lines deleted...]
-        <w:t>5. Fastensonntag</w:t>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ostermontag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E164EE8" w14:textId="19847C2F" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="5BC68067" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Gott hat Jesus auferweckt </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>126</w:t>
-[...28 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>89</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 657,3: Dein Erbarmen, o Herr)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Zeugen der Auferstehung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sie erkannten ihn, als er das Brot brach</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6938C7AE" w14:textId="20B3BE7E" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>326: Wir wollen alle fröhlich sein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">644: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Antwort</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Christus ist erstanden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 868: Sing mit mir ein Halleluja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 89: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr, bleibe bei uns</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Kanon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006435B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...2 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...110 lines deleted...]
-        <w:t>ohne Sünde ist, werfe den ersten Stein</w:t>
+        <w:t>GL 926:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wo zwei oder drei (Kanon)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gl 333: KV Christus ist erstanden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008A548B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Emmausgang:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 994: Geh mit uns auf unserm Weg</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 896: Mit dir geh ich alle meine Wege </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DE007C" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...214 lines deleted...]
-    <w:p w14:paraId="07C56599" w14:textId="6EFD4E2D" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="42515D5D" w14:textId="003E7C02" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk4672739"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00E11020">
-[...3 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>. April</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Palmsonntag</w:t>
+        <w:t xml:space="preserve">2. Sonntag der Osterzeit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(Weißer Sonntag/Sonntag der Barmherzigkeit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000957AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD75C2C" w14:textId="3AEC7A1B" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="46779BFD" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Der Gottesknecht: Ich wehrte mich nicht …</w:t>
+        <w:t>Die Gläubigen hielten fest an der Gemeinschaft</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>22</w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t>118</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 444: Danket dem Herrn)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Christus war gehorsam bis zum Tod</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Lebendige</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Hoffnung durch die Auferstehung</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Leidensgeschichte nach </w:t>
-[...7 lines deleted...]
-        <w:t>Lukas</w:t>
+        <w:t>Selig sind, die nicht sehen und doch glauben</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576F9DE3" w14:textId="1FFA8490" w:rsidR="00CF04A6" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="75A825A1" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="006032F2">
+        <w:t xml:space="preserve"> 329: Das ist der Tag den Gott gemacht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 318: Christ ist erstanden (Kyrieleis)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 422: Ich steh vor dir mit leeren Händen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F750DA">
-[...17 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">643,3: KV Jubelt dem Herrn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>118</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...120 lines deleted...]
-        <w:t xml:space="preserve">GL 302,2: KV Hosanna dem Sohne Davids </w:t>
+        <w:t xml:space="preserve"> 835: KV Ich weiß dass mein Erlöser lebt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 322: Ihr Christen singet hocherfreut (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645859">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="2BCBE4E4" w14:textId="395ED285" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="4EB880D5" w14:textId="6E5F7F3B" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>. April</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Gründonnerstag</w:t>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. Sonntag der Osterzeit  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4818D944" w14:textId="5B2CA931" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="17334239" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Feier des P</w:t>
-[...7 lines deleted...]
-        <w:t>essach in Ägypten</w:t>
+        <w:t>Gott hat ihn von den Wehen des Todes befreit</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>116</w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 629,3: Ich gehe meinen Weg vor Gott)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Das ist mein Leib für euch!</w:t>
+        <w:t>Losgekauft mit dem kostbaren Blut Christi</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -13873,10430 +16153,4469 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Fußwaschung</w:t>
-[...7 lines deleted...]
-        <w:t>: Er liebte sie bis zur Vollendung</w:t>
+        <w:t>Offenbarung des Auferstandenen am See von Tiberias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D61FB67" w14:textId="5D41F4BD" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="37038B24" w14:textId="60A0E129" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00495EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>337: Freu dich, erlöste Christenheit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 980: KV Die Freude an Gott + Ps 150 (3-stg.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 922:</w:t>
-[...27 lines deleted...]
-        <w:t>GL 788: KV Du reichst uns Herr + Ps 145 (3-stg.)</w:t>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 326: Wir wollen alle fröhlich sein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 649: KV Behüte mich Gott + Ps 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">: Deinem Heiland (2./4. </w:t>
+        <w:t>GL 859: Unser Leben sei ein Fest (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 474: Wenn wir das Leben teilen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012783B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Str</w:t>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004B7F71">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...189 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3A153943" w14:textId="0BCF953C" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="4B35B3D7" w14:textId="77777777" w:rsidR="002A7DB3" w:rsidRDefault="002A7DB3" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F7B237" w14:textId="6C26C984" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...18 lines deleted...]
-        <w:t>Karfreitag</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. April </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. Sonntag der Osterzeit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4290A3" w14:textId="79690608" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="017CCD96" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Der Gottesknecht: Er wurde durchbohrt</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Jesus – zum Herrn und Christus gemacht</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>31</w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 37,1: Der Herr ist mein Hirt)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r w:rsidR="004E0654">
-[...5 lines deleted...]
-        <w:t>Christus ist zum Urheber des Heils geworden</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hingewandt zum Hirten eurer Seelen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Leidensgeschichte nach Johannes</w:t>
+        <w:t>Ich bin die Tür zu den Schafen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0BE680" w14:textId="77777777" w:rsidR="00FC0D1C" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="2BE7B2A9" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="006032F2">
+        <w:t xml:space="preserve"> 144: Nun jauchzt dem Herren (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>292: Fürwahr er trug … (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00514DF1">
+        <w:t>37: KV Der Herr ist mein Hirt + Ps 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 837: Halleluja lasst uns singen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 889: Der Herr ist mein getreuer Hirt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007838E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.L)</w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> APs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...148 lines deleted...]
-        <w:t>GL 300: Heiliger Herre Gott (3-stg.)</w:t>
+        <w:t xml:space="preserve">GL 472: Manchmal feiern wir (NGL) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 525: Freu dich du Himmelskönigin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CAA805" w14:textId="77777777" w:rsidR="00FC0D1C" w:rsidRDefault="00FC0D1C" w:rsidP="007D2C76">
-[...36 lines deleted...]
-    <w:p w14:paraId="6BB0EEF1" w14:textId="5EC25C00" w:rsidR="007D2C76" w:rsidRDefault="006010E5" w:rsidP="007D2C76">
+    <w:p w14:paraId="72BDB597" w14:textId="52B600A1" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...19 lines deleted...]
-        <w:t>Osternacht</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Mai</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5. Sonntag der Osterzeit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCB9566" w14:textId="53A8639E" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="004E0654" w:rsidP="00B7748B">
+    <w:p w14:paraId="72EC5009" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:iCs/>
-[...3 lines deleted...]
-        <w:t>Gott sah alles an: Es war sehr gut</w:t>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sie wählten sieben Männer von gutem Ruf</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>104 (KV GL 312,2: Sende aus deinen Geist)</w:t>
+        <w:t>33 (KV GL 56,1: Freut euch wir sind Gottes Volk)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ihr seid eine königliche Priesterschaft </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin der Weg und die Wahrheit und das Leben</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC75A55" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>328: Gelobt sei Gott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 981: KV An ihm freut sich unser Herz + Ps 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...83 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>487: Nun singe Lob du Christenheit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 461: Mir nach spricht Christus (2. Str. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F246F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...485 lines deleted...]
-        <w:t>Was sucht ihr den Lebenden bei den Toten?</w:t>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 477: Gott ruft sein Volk zusammen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 535: Segne du Maria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062F6205" w14:textId="30D036E6" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...3026 lines deleted...]
-    <w:p w14:paraId="6E9B2CE9" w14:textId="26FE8F04" w:rsidR="007D2C76" w:rsidRDefault="006010E5" w:rsidP="007D2C76">
+    <w:p w14:paraId="70E172D3" w14:textId="4461D07D" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="007D2C76">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>. Mai</w:t>
       </w:r>
-      <w:r w:rsidR="007D2C76">
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">6. Sonntag der Osterzeit  </w:t>
       </w:r>
+      <w:r w:rsidRPr="000957AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Muttertag)  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5216DA42" w14:textId="243BD38E" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="13FF03EA" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Das Apostelkonzil</w:t>
-[...7 lines deleted...]
-        <w:t>: Keine weiteren Lasten</w:t>
+        <w:t>Sie empfingen den Heiligen Geist</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>67</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 54,1: Singt dem Herrn)</w:t>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV Gl 643,3: Jubelt dem Herrn alle Lande)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r w:rsidR="00817C61">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Christus – dem Geist nach lebendig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>gemacht</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Der Vater wird euch einen anderen Beistand geben </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BFFA4E" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="3945D3D7" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>GL 46: KV Lass dein Angesicht … + Ps 67</w:t>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>329 Das ist der Tag den Gott gemacht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 644,1: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Antwortges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Christus ist erstanden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 479: Eine große Stadt ersteht (</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="22"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 868: Sing mit mir ein Halleluja (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 389: Dass du mich einstimmen lässt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Str</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 948: Wunderschön Prächtige</w:t>
-[...8 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">GL 840: Komm </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>heilger</w:t>
+        <w:t>Heilger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Geist (</w:t>
-[...37 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> Geist </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 534: Maria breit den Mantel aus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CF2647E" w14:textId="2881AAD5" w:rsidR="007D2C76" w:rsidRDefault="006010E5" w:rsidP="00B7748B">
-[...882 lines deleted...]
-    <w:p w14:paraId="37C2E9C9" w14:textId="23D349C4" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="46DCC2E9" w14:textId="3CA53E73" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...12 lines deleted...]
-        <w:t>Pfingsten</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Mai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Christi Himmelfahrt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1077B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B8F9A90" w14:textId="6ABA2C2F" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="1E2E3C63" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alle wurden </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Heiligen Geist erfüllt</w:t>
+        <w:t>Eine Wolke entzog ihn ihren Blicken</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>104</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 312,2: Sende aus deinen Geist)</w:t>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 340: Gott steigt empor)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Verschiedene Gnadengaben – ein Geist</w:t>
+        <w:t>Gott hat Christus zu seiner Rechten erhoben</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="0089266A">
-[...5 lines deleted...]
-        <w:t>Wie mich der Vater gesandt hat, sende ich euch</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin mit euch alle Tage bis zum Ende der Welt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F295848" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="6ECF7056" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...60 lines deleted...]
-        <w:t>Send uns deines Geistes Kraft</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 339: Ihr Christen hocherfreuet euch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 44: KV Singt unserm Gott + Ps 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 351: Komm Schöpfer Geist</w:t>
-[...9 lines deleted...]
-        <w:t>GL 645,3+4: KV Sende aus deinen Geist + Ps 104</w:t>
+        <w:t xml:space="preserve">GL 362: Jesus Christ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>my</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>life</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 336: Jesus lebt, mit ihm auch ich (2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Str</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012783B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">GL 847: Komm herab o </w:t>
+        <w:t xml:space="preserve">GL 666,3: Regina </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Heilger</w:t>
+        <w:t>coeli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...44 lines deleted...]
-        <w:t>GL 845,1: KV Sende aus deinen Geist</w:t>
+      <w:r w:rsidRPr="0038212D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 871: Lobpreisend dankt dem Herrn und Gott</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502CB76B" w14:textId="4ECD69E6" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="003263E5">
-[...1280 lines deleted...]
-    <w:p w14:paraId="159CF56E" w14:textId="50EAE759" w:rsidR="007D2C76" w:rsidRDefault="00E11020" w:rsidP="007D2C76">
+    <w:p w14:paraId="2715934C" w14:textId="30929BBC" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>22</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Mai</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7. Sonntag der Osterzeit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4180409F" w14:textId="5073DC59" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="01C08E6C" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Auf den blicken, den sie durchbohrt haben</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sie alle verharrten einmütig im Gebet</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>63</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 420: Meine Seele dürstet nach dir)</w:t>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 46,1: Lass dein Angesicht …)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ihr </w:t>
-[...7 lines deleted...]
-        <w:t>alle seid einer in Christus</w:t>
+        <w:t>Anteil an den Leiden Christi</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00C856D8">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">ür wen haltet ihr mich? </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Vater, verherrliche deinen Sohn!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="703BEE6C" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="53248778" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 396: Lobt froh den Herrn </w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> 348: Nun bitten wir den Heiligen Geist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>319 Christ fuhr gen Himmel (Kyrieleis)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 453: Bewahre uns Gott </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 38: KV Der Herr ist mein Licht + Ps 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 616,1+2: KV Gott du mein Gott + Ps 63</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00B25729">
+        <w:t xml:space="preserve"> 926: Wo zwei oder drei (Kanon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB435A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:br/>
-[...47 lines deleted...]
-        <w:tab/>
+        <w:tab/>
+        <w:t>GL 948: Wunderschön Prächtige</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46369D32" w14:textId="4F404C7F" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="3B6DF651" w14:textId="10DB9A42" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E11020">
+      <w:r w:rsidR="00E319E9">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>. Juni</w:t>
-[...6 lines deleted...]
-        <w:t>Geburt Johannes des Täufers</w:t>
+        <w:t>. Mai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pfingsten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FEEC1A" w14:textId="77777777" w:rsidR="00691AB8" w:rsidRPr="000F19A7" w:rsidRDefault="00691AB8" w:rsidP="00B7748B">
+    <w:p w14:paraId="048F453D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich mache dich zum Licht der Nationen</w:t>
+        <w:t>Alle wurden vom Heiligen Geist erfüllt</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>139</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 883: Wie wunderbar o Herr)</w:t>
+        <w:t>104</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 312,2: Sende aus deinen Geist)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Johannes hat die Taufe der Umkehr verkündet</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Verschiedene Gnadengaben – ein Geist </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Johannes ist sein Name</w:t>
+        <w:t>Wie mich der Vater gesandt hat, sende ich euch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C21F3FD" w14:textId="7D9CAAA5" w:rsidR="00CF04A6" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="075FF767" w14:textId="3286FB91" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 347: Der Geist des Herrn erfüllt das All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>165</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F750DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Kyrie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Send uns deines Geistes Kraft</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 351: Komm Schöpfer Geist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 645,3+4: KV Sende aus deinen Geist + Ps 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 657: KV </w:t>
+        <w:t xml:space="preserve"> 839: Kanon Sende deinen Geist aus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 847: Komm herab o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Vor</w:t>
+        <w:t>Heilger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dir ist auch … + Ps 139</w:t>
+        <w:t xml:space="preserve"> Geist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E710C6">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 1.L)</w:t>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 842: Feuer und Flamme (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 525: Freu dich du Himmelskönigin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063FE22E" w14:textId="175A2AC5" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="07A2CD6A" w14:textId="0F793D36" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E11020">
-[...16 lines deleted...]
-        <w:t>Heiligstes Herz Jesu</w:t>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Mai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pfingstmontag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD4A213" w14:textId="59C13B73" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="0BAF0852" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich</w:t>
-[...17 lines deleted...]
-      <w:r>
+        <w:t>Alle haben die Gaben des Geistes empfangen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: </w:t>
-[...23 lines deleted...]
-        <w:t>(KV GL 37,1: Der Herr ist mein Hirt)</w:t>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>117</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 454: Geht in alle Welt)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Liebe Gottes ist ausgegossen</w:t>
+        <w:t>Ein Leib, ein Geist, ein Glaube, eine Taufe</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00691AB8">
-[...5 lines deleted...]
-        <w:t>Freut euch mit mir, ich habe mein Schaf wiedergefunden</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Geist wird euch in der ganzen Wahrheit leiten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075AA8EB" w14:textId="1F11CE52" w:rsidR="007D2C76" w:rsidRDefault="003263E5" w:rsidP="007D2C76">
+    <w:p w14:paraId="54DED6BA" w14:textId="4F6A9C97" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>843: Komm o komm du Tröster mein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>65: KV Seine Gnade währet + Ps 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 859: Unser Leben sei ein Fest (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 386: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Laudate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> omnes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>gentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (KV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Taize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 411: Erde singe</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 346: Atme in uns (NGL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7631055D" w14:textId="2636815C" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
-        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> / Herz-Jesu-Sonntag</w:t>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk141802526"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>31. Mai</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Dreifaltigkeitssonntag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9C054E" w14:textId="77777777" w:rsidR="00864E02" w:rsidRPr="00864E02" w:rsidRDefault="00864E02" w:rsidP="00864E02">
+    <w:p w14:paraId="51A7B5E6" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00864E02">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46AD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46AD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>, ein barmherziger Gott</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dan 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 616,3: Der Name des Herrn …)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Gott der Liebe wird mit euch sein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00864E02">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00864E02">
-[...5 lines deleted...]
-        <w:t>: Du bist der Christus! – Du bist Petrus, der Fels!</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott hat die Welt geliebt, dass er seinen Sohn hingab</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28ECF99C" w14:textId="5DB57652" w:rsidR="003263E5" w:rsidRPr="00864E02" w:rsidRDefault="007D2C76" w:rsidP="003263E5">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="29FA0ECC" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00270299" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>GL 37: KV Der Herr ist mein Hirt + Ps 23</w:t>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>487: Nun singe Lob, du Christenheit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>616,3+4: KV Der Name des Herrn + Dan 3,52ff</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>GL 651,3+4: KV Ich suchte den Herrn + Ps 34</w:t>
+        <w:t>GL 848: Herr ich glaube</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 354: Gott ist dreifaltig einer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 854: Liebe ist nicht nur ein Wort (NGL)</w:t>
-[...139 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0026124A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>GL 851: Auf zum Schwur</w:t>
-[...26 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>414: Herr, unser Herr, wie bist du zugegen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>405: Nun danket alle Gott (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C815E58" w14:textId="711F0EDA" w:rsidR="007D2C76" w:rsidRPr="00045256" w:rsidRDefault="009164DE" w:rsidP="00B7748B">
+    <w:p w14:paraId="79168491" w14:textId="64D05E14" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00045256">
-[...20 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juni</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Hochfest des Leibes und Blutes Christi </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="00D736B6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(Fronleichnam</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0D3E7F" w14:textId="7D64EDCA" w:rsidR="007D2C76" w:rsidRPr="00045256" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="6FE8B46C" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk13133050"/>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00045256">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Herr hat dich mit dem Manna gespeist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="00045256">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>147 (KV GL 78,1: Jerusalem rühme den Herrn)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00045256">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ein Brot ist es. Darum sind wir viele ein Leib</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00045256">
-[...13 lines deleted...]
-        <w:t>: Geht! Heilt! Verkündet!</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin das lebendige Brot</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...3 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="4D5E75EA" w14:textId="3AA9E881" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00045256">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">213: O </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>heilge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seelenspeise</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 78: KV Jerusalem rühme den Herrn + Ps 147</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 481: Sonne der Gerechtigkeit</w:t>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 934:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00045256">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00045256">
+      <w:r w:rsidRPr="00FF4C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Halleluja! Lobet Gott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 788: KV Du reichst uns Herr + Ps 145 (3-stg.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00916266">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>378: Brot, das die Hoffnung nährt (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 938: Deinem Heiland, deinem Lehrer</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 461: Mir nach spricht Christus (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 2.L)</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 492: Jesus du bist hier zugegen</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002A7DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 495: Sakrament der Liebe Gottes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD7DBD7" w14:textId="6F356F92" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="3BDE7464" w14:textId="6D1911A9" w:rsidR="0070074A" w:rsidRDefault="00E319E9" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">15. Sonntag im Jahreskreis </w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juni</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10. Sonntag im Jahreskreis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5619B446" w14:textId="59F79E3F" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="6023E6C2" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002C5528" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>An Liebe habe ich Gefallen, nicht an Opfern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 50 (KV GL 53,1: Hört auf die Stimme des Herrn)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abraham wurde stark im Glauben </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Wer ist mein Nächster? – Der barmherzige Samariter </w:t>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Folge mir nach! Barmherzigkeit will ich, nicht Opfer!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3325D439" w14:textId="088267BC" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="5C5896C9" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00D51BFC" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 455: Alles meinem Gott zu Ehren </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 53: KV Hört auf die Stimme + Ps 95</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 854: Liebe ist nicht nur ein Wort</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL 440: Hilf Herr meines Lebens</w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL</w:t>
-[...127 lines deleted...]
-        <w:t xml:space="preserve"> 1.L)</w:t>
+        <w:t>GL 874: Singet danket unserm Gott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 446: Lass uns in deinem Namen Herr </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4B4CAC" w14:textId="5F3D583D" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00227180">
+    <w:p w14:paraId="4D9D95F4" w14:textId="0232B89C" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...36 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Heiligstes Herz Jesu </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC944A4" w14:textId="39349587" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="318E91ED" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk13133121"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Der Herr hat euch ins Herz geschlossen </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 34,1: Herr wer darf Gast sein)</w:t>
+        <w:t>103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 58,1: Lobe den Herrn meine Seele)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Christus – </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Hoffnung auf Herrlichkeit</w:t>
+        <w:t>Gott ist Liebe</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -24309,3707 +20628,3782 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Marta</w:t>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lernt von mir; denn ich bin gütig</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="4580F43C" w14:textId="436EDAE5" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>11. Sonntag im Jahreskreis / Herz-Jesu-Sonntag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F26720B" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="002C5528" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ihr sollt mir als ein heiliges Volk gehören</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 100 (KV 56,1: Freut euch wir sind Gottes Volk)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Durch </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Christus sind wir mit Gott versöhnt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Geht und verkündet: Das Himmelreich ist nahe!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F1FE72" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...62 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 850: Dem Herzen Jesu singe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 56: KV Freut euch wir sind Gottes Volk + Ps 100</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 481: Sonne der Gerechtigkeit</w:t>
-[...9 lines deleted...]
-        <w:t>GL 455: Alles meinem Gott zu Ehren</w:t>
+        <w:t>GL 849: Jesu Herz dich preist mein Glaube</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 144: Nun jauchzt dem Herren (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.L / </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C5528">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 148: Komm her freu dich mit uns</w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E257C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 427: Herr, deine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E257C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Güt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E257C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist unbegrenzt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 456: Herr du bist mein Leben (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00623A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Erneuerung des Gelöbnisses:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00623A57">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 997</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Andacht Herz Jesu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 851: Auf zum Schwur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D31AE8" w14:textId="2AF1BD9F" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00B7748B">
+    <w:p w14:paraId="17C11781" w14:textId="6CA47585" w:rsidR="0070074A" w:rsidRPr="00D51BFC" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk13133135"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E319E9">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">12. Sonntag im Jahreskreis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BC07BA" w14:textId="4001264A" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="65AF6F67" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00D51BFC" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott rettet das Leben der Armen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs: Ps 69 (KV GL 307,5: Meine Hilfe und mein Retter)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Gnade ist den Vielen zuteil geworden </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Bittet und es wird euch gegeben; Das Vaterunser </w:t>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Fürchtet euch nicht vor den Menschen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3381556B" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="79BE71CD" w14:textId="56556FA7" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...44 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 423: Wer unterm Schutz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 651,3+4: KV Ich suchte den Herrn + Ps 34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 423: Wer unterm Schutz des Höchsten</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> APs)</w:t>
+        <w:t>GL 927: Wer glaubt, ist nie allein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 395: Den Herren will ich loben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 424: Wer nur den lieben Gott lässt walten</w:t>
-[...9 lines deleted...]
-        <w:t>GL 414: Herr unser Herr</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 148: Komm her freu dich mit uns</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C" w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D51BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL 383: Ich lobe meinen Gott </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(NGL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B6C477" w14:textId="6523F56B" w:rsidR="007D2C76" w:rsidRDefault="003263E5" w:rsidP="00227180">
+    <w:p w14:paraId="7C13907B" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk13143799"/>
-[...18 lines deleted...]
-        <w:t>18. Sonntag im Jahreskreis</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>24. Juni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Geburt Johannes des Täufers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159BAD80" w14:textId="251E181F" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="159ABF6A" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRPr="000F19A7" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Windhauch, Windhauch!</w:t>
+        <w:t>Ich mache dich zum Licht der Nationen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>90</w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t>139</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 883: Wie wunderbar o Herr)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Strebt nach dem, was </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ist</w:t>
+        <w:t>Johannes hat die Taufe der Umkehr verkündet</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00BB1A98">
-[...5 lines deleted...]
-        <w:t>Wem wird dann das gehören, was du dir angehäuft hast?</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Johannes ist sein Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105BB7AF" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="00964A19" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="6CADFB61" w14:textId="77777777" w:rsidR="00E319E9" w:rsidRDefault="00E319E9" w:rsidP="00E319E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 358: Ich will dich lieben</w:t>
+        <w:t xml:space="preserve"> 347: Der Geist des Herrn erfüllt das All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">GL </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">50: Unsere Tage zu zählen + Ps 90 </w:t>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 657: KV </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Vor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dir ist auch … + Ps 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E710C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">GL 427: Herr deine </w:t>
+        <w:t xml:space="preserve"> 542: Ihr Freunde Gottes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Güt</w:t>
+        <w:t>allzugleich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ist unbegrenzt</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> 853: Schönster Herr Jesu (4. </w:t>
+        <w:t xml:space="preserve"> (3.Str)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 384: Hoch sei gepriesen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Str</w:t>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="29A2602F" w14:textId="39CD9D69" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00B7748B">
+    <w:p w14:paraId="53BC8372" w14:textId="77777777" w:rsidR="001D6F8C" w:rsidRDefault="001D6F8C" w:rsidP="00E319E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7220E47B" w14:textId="2720C0F9" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...23 lines deleted...]
-        <w:t>19. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8. Juni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>13. Sonntag im Jahreskreis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000957AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5550B9F9" w14:textId="774062B9" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="72EA449B" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB1A98">
-[...6 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Gottesmann </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Elischa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>33</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 56,1: Freut euch wir sind Gottes Volk)</w:t>
+        <w:t>89</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 657,3: Dein Erbarmen o Herr)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Aufgrund des Glaubens gehorchte Abraham</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>In der Wirklichkeit des neuen Lebens wandeln</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Haltet auch ihr euch bereit!</w:t>
+        <w:t>Wer euch aufnimmt, nimmt mich auf</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FB6990" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="5960DFE8" w14:textId="77777777" w:rsidR="00633B12" w:rsidRPr="00D51BFC" w:rsidRDefault="0070074A" w:rsidP="00633B12">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...44 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 396: Lobt froh den Herrn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 76: KV Der Herr ist nahe + Ps 145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 392: Lobe den Herren</w:t>
-[...28 lines deleted...]
-      <w:r>
+        <w:t>GL 464: Gott liebt diese Welt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 461: Mir nach spricht Christus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF6929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6929">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 440: Hilf Herr meines Lebens </w:t>
-[...9 lines deleted...]
-        <w:t>GL 479: Eine große Stadt ersteht</w:t>
+        <w:t>GL 484: Dank sei dir Vater</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 148: Komm her freu dich mit uns</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE80C31" w14:textId="77777777" w:rsidR="009164DE" w:rsidRDefault="009164DE" w:rsidP="009164DE">
+    <w:p w14:paraId="747A9A60" w14:textId="77777777" w:rsidR="00633B12" w:rsidRDefault="00633B12" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Mariä Aufnahme in den Himmel </w:t>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>29. Juni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AC43A2">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Peter und Paul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73287822" w14:textId="77777777" w:rsidR="009164DE" w:rsidRPr="000F19A7" w:rsidRDefault="009164DE" w:rsidP="009164DE">
+    <w:p w14:paraId="1E813F93" w14:textId="77777777" w:rsidR="00633B12" w:rsidRPr="000F19A7" w:rsidRDefault="00633B12" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ein Zeichen am Himmel: die Frau mit dem Kind</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Die Befreiung des Petrus durch einen Engel</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>45</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 649,1: Sei gegrüßt Maria)</w:t>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 651,3: Ich suchte den Herrn)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>In Christus werden alle lebendig</w:t>
-[...15 lines deleted...]
-        <w:t>gemacht</w:t>
+        <w:t>Ich habe den guten Kampf gekämpft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Der Mächtige hat Großes an mir getan</w:t>
+        <w:t>Du bist der Christus! – Du bist Petrus, der Fels!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332F5BF8" w14:textId="71A92017" w:rsidR="009164DE" w:rsidRPr="00C11ABE" w:rsidRDefault="009164DE" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="2056ED50" w14:textId="2F545D21" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="00633B12">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 522: Maria aufgenommen ist</w:t>
+        <w:t xml:space="preserve"> 542 Ihr Freunde Gottes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>allzugleich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (4.Str)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>43: KV Gott hat dich gesegnet + Ps 45</w:t>
+        <w:t>651,3+4: KV Ich suchte den Herrn + Ps 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 963: </w:t>
-[...105 lines deleted...]
-      <w:r w:rsidRPr="004B7F71">
+        <w:t xml:space="preserve">GL 546: Christus du Licht </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 380: Großer Gott (4.+9.Str!)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> 1.L) </w:t>
+        <w:t>GL 454: KV Geht in alle Welt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 927: Wer glaubt ist nie allein</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA6B1E0" w14:textId="06456421" w:rsidR="003263E5" w:rsidRDefault="003263E5" w:rsidP="003263E5">
+    <w:p w14:paraId="41DAEB68" w14:textId="164E6C6B" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...29 lines deleted...]
-        <w:t>20. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juli</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>14. Sonntag im Jahreskreis</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="000957AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F02A87B" w14:textId="77777777" w:rsidR="003263E5" w:rsidRPr="000F19A7" w:rsidRDefault="003263E5" w:rsidP="003263E5">
+    <w:p w14:paraId="0685CA5A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sie warfen Jeremia in die Zisterne </w:t>
+        <w:t>Dein König kommt zu dir; demütig ist er</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>40</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 307,5: Meine Hilfe und mein Retter)</w:t>
+        <w:t>145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 649,5: Mein Herz ist bereit o Gott)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Lasst uns mit Ausdauer laufen</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Ihr seid vom Geist bestimmt; ihr werdet leben</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ich bin gekommen, um Feuer auf die Erde zu werfen</w:t>
+        <w:t>Ich bin gütig und von Herzen demütig</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640642CF" w14:textId="77777777" w:rsidR="003263E5" w:rsidRPr="00C11ABE" w:rsidRDefault="003263E5" w:rsidP="003263E5">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="55B0A2CE" w14:textId="7E3671C4" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 148: Komm her freu dich mit uns</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006032F2">
+        <w:t xml:space="preserve"> 551: Nun singt ein neues Lied dem Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>41: KV Ich bin arm und gebeugt + Ps 40</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">76: KV Der Herr ist nahe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 383: Ich lobe meinen Gott (NGL)</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 424: Wer nur den lieben Gott lässt walten</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dieser Tag ist Christus eigen  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 228: Tochter Zion (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 436: Ach bleib mit deiner Gnade</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">GL 409: Singt dem Herrn ein neues Lied </w:t>
+        <w:t>GL 907: Meine Zeit (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>711,1: Wohin soll ich mich wenden (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1999">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27608975" w14:textId="5BE4C486" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="746296F1" w14:textId="34A78CAE" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009164DE">
-[...16 lines deleted...]
-        <w:t>21. Sonntag im Jahreskreis</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juli</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">15. Sonntag im Jahreskreis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D862313" w14:textId="1B99CA87" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="0545A127" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sie sollen meine Herrlichkeit verkünden </w:t>
+        <w:t>Gottes Wort bewirkt, was Gott will</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>117</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 454: Geht in alle Welt)</w:t>
+        <w:t>65</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 31,1: Selig der Mensch)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gott behandelt euch wie Söhne</w:t>
+        <w:t>Die ganze Schöpfung wartet sehnsüchtig</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00B36836">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> sein</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ein Sämann ging hinaus, um zu säen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFC5403" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="009C7C3A" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="5B44038C" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 142: Zu dir o Gott erheben wir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 149: Liebster Jesu wir sind hier</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> 164: Kyrielitanei Der in seinem Wort …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 65: KV Seine Gnade währet + Ps 117</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 411: Erde singe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 45: KV Der Herr krönt das Jahr + Ps 65 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 143:</w:t>
-[...102 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>GL 919: Vater ich will dich preisen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 450: Gottes Wort ist wie Licht (Kanon) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 477: Gott ruft sein Volk zusammen</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> 2.L)</w:t>
+        <w:t>GL 705:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Morgenlicht leuchtet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 584,4: KV Herr du hast Worte ewigen Lebens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342FD533" w14:textId="5ADABDE5" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00227180">
+    <w:p w14:paraId="5B48FC68" w14:textId="52B310E5" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-        </w:tabs>
-[...23 lines deleted...]
-        <w:t>22. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juli</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">16. Sonntag im Jahreskreis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A12E4C3" w14:textId="3A924CA8" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="1A0806DD" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bleibe bescheiden und du wirst geliebt </w:t>
-[...7 lines deleted...]
-        <w:t>werden</w:t>
+        <w:t>Weil du über Stärke verfügst, richtest du in Milde</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>APs: Ps</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 68 (KV GL 77,1: Der Herr ist erhaben)</w:t>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 517: Der Herr vergibt die Schuld)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ihr seid zur Stadt Gottes hinzugetreten</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Der Geist nimmt sich unserer Schwachheit an </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wer sich selbst erhöht, wird erniedrigt</w:t>
+        <w:t>Lasst beides wachsen bis zur Ernte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31DEE183" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="009C7C3A" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="40FC0109" w14:textId="7C139900" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 140: Kommt herbei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 639, 3+4: KV Beim Herrn ist ... + Ps 130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 146: Du rufst uns Herr an deinen Tisch</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> 143: Mein ganzes Herz erhebet dich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 273: O Herr nimm unsre Schuld (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L / APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>77: KV Der Herr ist erhaben + Ps 146</w:t>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>437 Meine engen Grenzen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 841: Öffne meine Ohren Heiliger Geist (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00211EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 396: Lobt froh den Herrn</w:t>
-[...75 lines deleted...]
-        <w:t>395: Den Herren will ich loben</w:t>
+        <w:t>GL 460: Wer leben will wie Gott</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE66BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7E1BCE" w14:textId="53F67044" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00B7748B">
+    <w:p w14:paraId="1EC08B51" w14:textId="0B8D2402" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...23 lines deleted...]
-        <w:t>23. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Juli</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>17. Sonntag im Jahreskreis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE1999">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE1999">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Christophorussonntag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE1999">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FD9709" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="5BAD5C1F" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wer kann Gottes Plan erkennen? </w:t>
+        <w:t>Salomo bittet um ein weises Herz</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>90</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t>119 (KV GL 312,7: Herr du hast Worte)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Nimm ihn als geliebten Bruder auf</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve">Alles gereicht zum Guten denen die Gott lieben </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wer nicht sein Kreuz trägt, kann nicht mein Jünger sein</w:t>
+        <w:t>Er verkaufte alles und kaufte jenen Acker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59980F02" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="00643360" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="538E0EA2" w14:textId="68D20A4A" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>853: Schönster Herr Jesus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>729: KV Dein Wort o Herr + Ps 119 (3-stg.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">403 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Nun danket all und bringet Ehr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 543,1+5: Wohl denen die da wandeln</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 140: Kommt herbei</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>365 Meine Hoffnung und meine Freude</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Herr, gib uns Mut zum Hören</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00633B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 409: Singt dem Herrn ein neues Lied</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00CA6348">
+        <w:t xml:space="preserve">GL 896: Mit dir geh ich (NGL; </w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12" w:rsidRPr="00EE1999">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r>
-[...101 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Christophorus)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3984984B" w14:textId="49F985E0" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="7A2B0739" w14:textId="77777777" w:rsidR="00633B12" w:rsidRDefault="00633B12" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...30 lines deleted...]
-        <w:t>24. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2. August</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>18. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED3438C" w14:textId="14F1E086" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="5FC1221F" w14:textId="77777777" w:rsidR="00633B12" w:rsidRPr="000F19A7" w:rsidRDefault="00633B12" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B36836">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Kommt und esst!</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>51</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 639,1: Erbarme dich meiner o Gott)</w:t>
+        <w:t>145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 87: Aller Augen warten auf dich)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r w:rsidR="003B6A11">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ist gekommen, um die Sünder zu retten</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Nichts kann uns scheiden von der Liebe Gottes</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -28022,1274 +24416,1361 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gleichnisse: Verlorenes Schaf – Drachme – Sohn</w:t>
+        <w:t xml:space="preserve">Alle aßen und wurden satt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D32494" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="6A91E5D5" w14:textId="75F0B347" w:rsidR="00633B12" w:rsidRDefault="00633B12" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">427: Herr deine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Güt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist unbegrenzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 788: KV Du reichst uns Herr </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>145 (3-stg.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 358: Ich will dich lieben</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>186</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Was uns die Erde Gutes spendet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 76: KV Der Herr ist nahe + Ps 145</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>639,1+2: KV Erbarme dich meiner + Ps 51</w:t>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>425</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Solang es Menschen gibt auf Erden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 213,1+3: O </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>heilge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seelenspeise</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 889: Der Herr ist mein getreuer Hirt</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="002722A6">
+        <w:t>GL 470: Wenn das Brot das wir teilen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 891: Alle meine Quellen (NGL; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD032F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> APs)</w:t>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342F2FFC" w14:textId="76A2079A" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00227180">
+    <w:p w14:paraId="7CDC4861" w14:textId="5A6C73D4" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. August</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>19. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1150B7E2" w14:textId="11F2835F" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="29D1BA49" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Ihr wollt mit Geld die Geringen kaufen</w:t>
+        <w:t xml:space="preserve">Komm heraus und stell dich vor den </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04B1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herrn</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>113</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>85 (KV GL 623,2: Um deines Namens willen)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gott will, dass alle Menschen gerettet werden</w:t>
+        <w:t>Ich bin voll Trauer um meiner Brüder willen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ihr könnt nicht Gott dienen und dem Mammon </w:t>
+        <w:t>Herr, befiehl, dass ich auf dem Wasser zu dir komme</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60AB0AB4" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="008D3B1F" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="6DE43E89" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F19A7">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>392</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lobe den Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 633,5+6: KV Frieden verkündet der Herr + Ps 85</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>GL 423: Wer unterm Schutz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">GL 485: O Jesu </w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00EB36E0">
+        <w:t>GL 414: Herr unser Herr wie bist du zugegen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 892: Meine Seele ist stille in dir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich lobe meinen Gott der aus der Tiefe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 433,2: Schweige und höre (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00EB5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L)</w:t>
-[...37 lines deleted...]
-        <w:t>GL 477: Gott ruft sein Volk zusammen</w:t>
+        <w:t xml:space="preserve"> 1.L)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC67EAC" w14:textId="4F93C609" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00227180">
+    <w:p w14:paraId="683FFA90" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">26. Sonntag im Jahreskreis </w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>15. August</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Mariä Aufnahme in den Himmel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F659D0" w14:textId="40105B55" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="797C5C9F" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Das Fest der Faulenzer ist vorbei </w:t>
+        <w:t>Ein Zeichen am Himmel: die Frau mit dem Kind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>146</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 58,1: Lobe den Herrn)</w:t>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 649,1: Sei gegrüßt Maria)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Kämpfe den guten Kampf</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>In Christus werden alle lebendig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>gemacht</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00227180">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Mächtige hat Großes an mir getan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E0456C" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="32FA38B2" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="008D3B1F">
+      <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 77: KV Der Herr ist erhaben + Ps 146</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve"> 522: Maria aufgenommen ist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>43: KV Gott hat dich gesegnet + Ps 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 963: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Glorwürd‘ge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Königin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 531: Sagt an wer ist doch diese (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592281">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 474: Wenn wir das Leben teilen (NGL)</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00911249">
+        <w:t xml:space="preserve"> 948: Wunderschön Prächtige</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>395</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D434E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Den Herren will ich loben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E92C33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.L)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...35 lines deleted...]
-        <w:t>GL 455: Alles meinem Gott zu Ehren</w:t>
+        <w:t>GL 904: Der Himmel geht (Kanon NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 957: Wie schön glänzt die Sonn (3-stg.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0937EC89" w14:textId="5781B20B" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00227180">
+    <w:p w14:paraId="445DE519" w14:textId="78B7A87E" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...30 lines deleted...]
-        <w:t>(Schöpfungszeit/Erntedank)</w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. August</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4179EC28" w14:textId="7EFCB0C0" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="612AC127" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Der Gerechte bleibt wegen seiner Treue am Leben</w:t>
+        <w:t>Ein Haus des Gebetes für alle Völker</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>95</w:t>
-[...15 lines deleted...]
-        <w:t>(KV GL 53,1: Hört auf die Stimme des Herrn)</w:t>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 46,1: Lass dein Angesicht)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r w:rsidR="00227180">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> in Christus Jesus</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Unwiderruflich sind Gnade und Berufung</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -29302,1608 +25783,4503 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>W</w:t>
-[...15 lines deleted...]
-        <w:t>ein Senfkorn!</w:t>
+        <w:t>Frau, dein Glaube ist groß</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6590B2" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="008D3B1F" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="4040E38A" w14:textId="347E1BE4" w:rsidR="0070074A" w:rsidRDefault="001D6F8C" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="006032F2">
+      <w:r w:rsidRPr="00FC2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 481: Sonne der Gerechtigkeit</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>46: KV Lass dein Angesicht + Ps 67</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL 411: Erde singe (Erntedank) </w:t>
-[...37 lines deleted...]
-      <w:r>
+        <w:t>GL 477: Gott ruft sein Volk zusammen</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 144,1+4: Nun jauchzt dem Herren</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...36 lines deleted...]
-        <w:t>GL 405: Nun danket alle Gott</w:t>
+        <w:t xml:space="preserve">GL 389: </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="00B67EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dass du mich einstimmen lässt</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 286: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Laudate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> omnes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>gentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Taize</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6CF885" w14:textId="40E9205F" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00227180">
+    <w:p w14:paraId="1465EDF7" w14:textId="673A1B38" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...23 lines deleted...]
-        <w:t>28. Sonntag im Jahreskreis</w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. August</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>21. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B86E9E6" w14:textId="14250F5A" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="2566E57D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Syrer </w:t>
+        <w:t>Die Schlüssel des Hauses David</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>138</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 444: Danket dem Herrn)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Auf Gott hin ist die ganze Schöpfung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Naaman</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...66 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Du bist Petrus, der Fels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777EAE32" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>467: Erfreue dich Himmel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>979: Ich will dich rühmen + Ps 18 (3-stg.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...73 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>GL 409: Singt dem Herrn ein neues Lied</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 478: Ein Haus voll Glorie schauet (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB514C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F19A7">
-[...2 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F19A7">
-[...13 lines deleted...]
-        <w:t>Ist keiner umgekehrt, außer diesem Fremden?</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 479: Eine große Stadt ersteht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 927: Wer glaubt ist nie allein (NGL; 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005735EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C7DF64" w14:textId="53B7EAF4" w:rsidR="007D2C76" w:rsidRPr="009928E2" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...164 lines deleted...]
-    <w:p w14:paraId="2BD1DA11" w14:textId="6D5B06CE" w:rsidR="007D2C76" w:rsidRDefault="003263E5" w:rsidP="00471A29">
+    <w:p w14:paraId="51EDA06F" w14:textId="27DC9589" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...49 lines deleted...]
-        <w:t>Weltmissionssonntag</w:t>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>August</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>22. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA796BE" w14:textId="2DE5EC2B" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="2430AE4C" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Kampf gegen </w:t>
+        <w:t xml:space="preserve">Das Wort des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00207383">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bringt mir Hohn und Spott</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 420: Meine Seele dürstet nach dir)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Bringt euch als lebendiges Opfer dar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Amalek</w:t>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...74 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wer hinter mir hergehen will, nehme sein Kreuz auf sich</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9B69A1" w14:textId="6500CB20" w:rsidR="0070074A" w:rsidRPr="00CF30F5" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 455: Alles meinem Gott zu Ehren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 616,1+2: KV Gott du mein Gott + Ps 63</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 461: Mir nach spricht Christus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 909: Da wohnt ein Sehnen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF30F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>456</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF30F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr, du bist mein Leben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 377: O Jesu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B67EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...94 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="37C48E99" w14:textId="7E4B6C2E" w:rsidR="00CF04A6" w:rsidRPr="00B21DCC" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...160 lines deleted...]
-    <w:p w14:paraId="4CF4D3DF" w14:textId="035D9415" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00471A29">
+    <w:p w14:paraId="37304564" w14:textId="116D55B6" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="009164DE">
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">30. Sonntag im Jahreskreis </w:t>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Sept</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ember </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Sonntag im Jahreskreis </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6771003B" w14:textId="15887125" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="51E2E990" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">dringt die Wolken  </w:t>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dem Haus Israel als Wächter gegeben</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>34 (KV GL 651,3: Ich suchte den Herrn)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t>95 (KV GL 53,1: Hört auf die Stimme …)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...45 lines deleted...]
-        <w:t>entreißen</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Liebe ist die Erfüllung des Gesetzes</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00471A29">
-[...5 lines deleted...]
-        <w:t>Der Zöllner ging gerechtfertigt, der andere nicht</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Geh und weise ihn unter vier Augen zurecht </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3490D8E4" w14:textId="01A6F952" w:rsidR="003263E5" w:rsidRPr="00C11ABE" w:rsidRDefault="007D2C76" w:rsidP="00B84C37">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="09272A28" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 440: Hilf Herr meines Lebens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="006032F2">
+        <w:tab/>
+        <w:t>53: KV Hört auf die Stimme + Ps 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 446: Lass uns in deinem Namen Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 640,1: Herr unser Gott bekehre uns (Resp.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 216: Im Frieden dein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 448: Herr gib uns Mut zum Hören</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>651,3+4: KV Ich suchte den Herrn + Ps 34</w:t>
-[...56 lines deleted...]
-        <w:t>GL 457: Suchen und Fragen (NGL)</w:t>
+        <w:t>854</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026124A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liebe ist nicht nur ein Wort (NGL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005735EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50142F4C" w14:textId="60330C69" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="3E890923" w14:textId="5D6858FD" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="00633B12">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>1. Nov</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Allerheiligen </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Sept</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ember </w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>24. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31675E16" w14:textId="675915DF" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="2A305DEE" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Vergib deinem Nächsten das Unrecht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>103 (KV GL 657,3: Dein Erbarmen o Herr)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wir gehören dem Herrn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Siebzigmal siebenmal vergeben</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C90419D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 142: Zu dir o Gott erheben wir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 57: KV Meine Seele + Ps 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 273: O Herr nimm unsre Schuld</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 459: Selig seid ihr (4.Str. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA526D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. L, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 907: Meine Zeit (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 472: Manchmal feiern wir mitten im Tag (NGL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6531E8D1" w14:textId="67EC68BA" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="00633B12">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Sept</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0DFC">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ember </w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>25. Sonntag im Jahreskreis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000957AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BD9063" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott ist groß im Verzeihen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 76,1: Der Herr ist nahe)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Für mich ist Christus das Leben </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ist dein Auge böse, weil ich gut bin?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71590678" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 144: Nun jauchzt dem Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 76: KV Der Herr ist nahe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>145</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 416: Was Gott tut, das ist wohlgetan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">427: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Herr, deine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Güt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist unbegrenzt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 470: Wenn das Brot das wir teilen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 943: Lasst uns den Herrn erheben (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. L.) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="39434805" w14:textId="0B367FA6" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="00633B12">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2127"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. September </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. Sonntag im Jahreskreis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652EBD88" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Wenn ein Schuldiger umkehrt, wird er leben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 623,2: Um deines Namens willen)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Seid so gesinnt wie Christus Jesus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Später reute es ihn und er ging hinaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2A02D1" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00D85EB5" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 455: Alles meinem Gott zu Ehren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 728: KV Zu dir o Herr + Ps 25 (3-stg.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 874: Singet danket unserm Gott</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 640,1: Herr unser Gott bekehre uns (Resp.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 461: Mir nach spricht Christus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6C1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 142: Zu dir o Gott erheben wir (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00107CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 446: Lass uns in deinem Namen Herr (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBAE1CB" w14:textId="584C5003" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Oktober</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>27. Sonntag im Jahreskreis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7508BB" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Lied vom Weinberg </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 46,1: Lass dein Angesicht …)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bringt eure Bitten mit Dank vor Gott </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Das Gleichnis vom Weinberg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DCBB8F" w14:textId="2B030007" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 481: Sonne der Gerechtigkeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 48: KV Biete dein Macht auf + Ps 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 436: Ach bleib mit deiner Gnade</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 440: Hilf Herr meines Lebens (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC790D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 919: Vater ich will dich preisen (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 479: Eine große Stadt ersteht </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 903: Sei unser Gott der alle Welt</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001D6F8C" w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 411: Erde singe</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Erntedank)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A143DAF" w14:textId="47D6F3A0" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Oktober</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>28. Sonntag im Jahreskreis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158F2929" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wird für alle Völker ein Festmahl geben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>23 (KV GL 37,1: Der Herr ist mein Hirt)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alles vermag ich durch den, der mich stärkt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ladet alle, die ihr trefft, zur Hochzeit ein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302AC16B" w14:textId="760553BF" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>477: Gott ruft sein Volk zusammen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>37: KV Der Herr ist mein Hirt + Ps 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 216: Im Frieden dein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 889,1+4: Der Herr ist mein getreuer Hirt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057361E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004B7F71">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 859: Unser Leben sei ein Fest (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861820">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>549: Es wird sein in den letzten Tagen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002026DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 718: Wir feiern heut ein Fest (NGL / Kinder)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734AF032" w14:textId="170F2378" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Oktober</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">29. Sonntag im Jahreskreis </w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="0017238B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Weltmissionssonntag</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A" w:rsidRPr="0017238B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEDB590" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich bin der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:smallCaps/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Herr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und sonst niemand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 54,1: Singt dem Herrn alle Länder)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Dank des Apostels für die Gemeinde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Was dem Kaiser gehört und was Gott gehört </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665B117A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006032F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>487: Nun singe Lob, du Christenheit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL 54: KV Singt dem Herrn alle Länder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 140: Kommt herbei singt dem Herrn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 551,1+2: Nun singt ein neues Lied (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Erfreue dich Himmel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 392: Lobe den Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 927: Wer glaubt ist nie allein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBA700D" w14:textId="68197003" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. Oktober</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>30. Sonntag im Jahreskreis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616990CA" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Einen Fremden sollst du nicht ausnützen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Webdings" w:char="F0AF"/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APs: Ps </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>18 (KV GL 49,1: Jubelt Gott zu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.L: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Überall ist euer Glaube an Gott bekannt geworden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gott lieben – und deinen Nächsten wie dich selbst</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD83428" w14:textId="7CE49D65" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 142: Zu dir o Gott erheben wir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 979: KV Ich will dich rühmen + Ps 18 (3-stg.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 381: Dein Lob Herr ruft der Himmel aus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 358: Ich will dich lieben (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00460F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 143: Mein ganzes Herz erhebet dich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 854: Liebe ist nicht nur ein Wort (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">GL 148: Komm her freu dich mit uns </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FDF96E" w14:textId="77777777" w:rsidR="001D6F8C" w:rsidRDefault="001D6F8C" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537A297D" w14:textId="77777777" w:rsidR="001D6F8C" w:rsidRDefault="001D6F8C" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4051586A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="berschrift3"/>
+        <w:pBdr>
+          <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1. November</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Allerheiligen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB9C12A" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:pStyle w:val="Vorgabetext"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Die große Schar aus allen Nationen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -30919,106 +30295,82 @@
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">(KV GL </w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>(KV GL 653,3: Selig die bei dir wohnen Herr)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wir werden Gott sehen</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> wie er ist</w:t>
+        <w:t>Wir werden Gott sehen, wie er ist</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -31044,54 +30396,54 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Selipreisungen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0F15AAC1" w14:textId="17D16475" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="703415E3" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -31178,69 +30530,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 380,4+5: Großer Gott wir loben dich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t>GL 458</w:t>
-[...17 lines deleted...]
-        <w:t>: Selig seid ihr (</w:t>
+        <w:t>GL 458/459: Selig seid ihr (</w:t>
       </w:r>
       <w:r w:rsidRPr="0057361E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -31263,146 +30597,121 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t>GL 389: Dass du mich einstimmen lässt (NGL)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>GL 927: Wer glaubt ist nie allein</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4D445EBE" w14:textId="48C9ACC9" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="1938970F" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00864E02">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00864E02">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. November </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Allerseelen</w:t>
       </w:r>
-      <w:r w:rsidR="00864E02">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="52F37471" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="2B07DC03" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F2AD9">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0003529A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Das </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Gebet für Verstorbene</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
@@ -31458,51 +30767,51 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.L: Wir werden für immer beim Herrn sein (1 </w:t>
+        <w:t xml:space="preserve"> 2.L: Wir werden immer beim Herrn sein (1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Thess</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -31520,54 +30829,54 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F2AD9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>: Ich bin die Auferstehung und das Leben (Joh 11)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF70A2E" w14:textId="31123EDB" w:rsidR="00B84C37" w:rsidRDefault="007D2C76" w:rsidP="00B84C37">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="67903674" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="001E0F58" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -31681,606 +30990,721 @@
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001E0F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 367: Jesus dir leb ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E0F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk38373196"/>
+      <w:r w:rsidRPr="001E0F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 714: Messe für Verstorbene</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="0929BA20" w14:textId="0C3761ED" w:rsidR="007D2C76" w:rsidRDefault="009164DE" w:rsidP="00471A29">
+    <w:p w14:paraId="3DFEC7D3" w14:textId="1C461D15" w:rsidR="0070074A" w:rsidRDefault="00633B12" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="007D2C76">
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. November</w:t>
+      </w:r>
+      <w:r w:rsidR="0070074A">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>32. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D61CB8" w14:textId="010480D6" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="7244D16D" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Der König der Welt wird uns aufer</w:t>
-[...7 lines deleted...]
-        <w:t>stehen lassen</w:t>
+        <w:t>Wer die Weisheit sucht, findet sie</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">APs: Ps </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>17</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 420: Meine Seele dürstet nach dir)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="001E0F58">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die in Christus Verstorbenen werden auferstehen</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gott ist kein Gott von Toten, sondern von Lebenden</w:t>
+        <w:t>Das Gleichnis von den zehn Jungfrauen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51187012" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="55233264" w14:textId="77777777" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r w:rsidRPr="00717337">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 440: Hilf Herr meines Lebens</w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>103: Dieser Tag ist Christus eigen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">GL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>629 1+2: KV Du führst mich hinaus + Ps 30</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>616,1+2: KV Gott du mein Gott + Ps 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 455: Alles meinem Gott zu Ehren</w:t>
-[...11 lines deleted...]
-      <w:r>
+        <w:t>GL 874: Singet danket unserm Gott</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>233: O Herr wenn du kommst (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00756839">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 143: Mein ganzes Herz erhebet dich</w:t>
-[...18 lines deleted...]
-        <w:t>GL 367: Jesus dir leb ich</w:t>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>554: Wachet auf (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00717337">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">450: Gottes Wort ist wie Licht in der Nacht </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>GL 551: Nun singt ein neues Lied dem Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 856: Du bist das Licht der Welt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31904958" w14:textId="7D00078A" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00471A29">
+    <w:p w14:paraId="42510078" w14:textId="63929693" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009164DE">
-[...9 lines deleted...]
-        <w:t>. Nov</w:t>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. November</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>33. Sonntag im Jahreskreis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075A708A" w14:textId="77777777" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
+    <w:p w14:paraId="388BC2C7" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
-          <w:tab w:val="left" w:pos="6840"/>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Für euch geht die Sonne der Gerechtigkeit auf </w:t>
+        <w:t>Eine tüchtige Frau übertrifft alle Perlen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...31 lines deleted...]
-        <w:t>633,3: Hebt euch ihr Tore)</w:t>
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 128</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(KV GL 31,1: Selig der Mensch)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.L: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wir haben uns gemüht und geplagt</w:t>
+        <w:t>Nicht schlafen, sondern wach und nüchtern sein</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
@@ -32293,1176 +31717,780 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Wer standhaft bleibt, wird das Leben gewinnen</w:t>
+        <w:t>Das Gleichnis von den Talenten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3D6425" w14:textId="2E8224D0" w:rsidR="00CF04A6" w:rsidRPr="009C7C3A" w:rsidRDefault="007D2C76" w:rsidP="007D2C76">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="64BC1532" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="00CF30F5" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006032F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 103: Dieser Tag ist Christus eigen</w:t>
-[...26 lines deleted...]
-        <w:t>55: KV Jubelt ihr Lande … + Ps 98</w:t>
+        <w:t xml:space="preserve"> 435: Herr ich bin dein Eigentum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71: KV Selig wer Gott fürchtet + Ps 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 233: O Herr wenn du kommst</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="009C7C3A">
+        <w:t>GL 464: Gott liebt diese Welt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 543: Wohl denen die da wandeln (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861820">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> APs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">GL </w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>GL 81: Lobet den Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 440: Hilf Herr meines Lebens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 453: Bewahre uns Gott (NGL)</w:t>
-[...36 lines deleted...]
-        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 896: Mit dir geh ich alle meine Wege (NGL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 474: Wenn wir das Leben teilen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07AF6494" w14:textId="5688EA60" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00471A29">
+    <w:p w14:paraId="1E861541" w14:textId="76596F8B" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1418"/>
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="4678"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009164DE">
-[...16 lines deleted...]
-        <w:t>Christkönigssonntag</w:t>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. November</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Christkönigssonntag </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB22BB9" w14:textId="6B3E8AD0" w:rsidR="007D2C76" w:rsidRPr="000F19A7" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
+    <w:p w14:paraId="18EA1C48" w14:textId="77777777" w:rsidR="0070074A" w:rsidRPr="000F19A7" w:rsidRDefault="0070074A" w:rsidP="0070074A">
       <w:pPr>
         <w:pStyle w:val="Vorgabetext"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4820"/>
+          <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.L:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B7748B">
-[...29 lines deleted...]
-        <w:t>von Israel</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ich, ich selber werde meine Schafe weiden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F0AF"/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">APs: Ps </w:t>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="000F19A7">
+        <w:t xml:space="preserve">APs: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ps 23 (KV GL 37,1: Der Herr ist mein Hirt)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="000F19A7">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>L:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Damit Gott alles in allem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F19A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>sei</w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F19A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00B7748B">
-[...5 lines deleted...]
-        <w:t>Heute noch wirst du mit mir im Paradies sein</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Was ihr dem Geringsten getan habt …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44444D9F" w14:textId="67BA75F3" w:rsidR="007D2C76" w:rsidRDefault="007D2C76" w:rsidP="00B7748B">
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="4820"/>
+    <w:p w14:paraId="684BBC70" w14:textId="4BDCF08E" w:rsidR="0070074A" w:rsidRDefault="0070074A" w:rsidP="0070074A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006032F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 280: Singt dem König Freudenpsalmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00861820">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GL 561: Jesus-Litanei (Kyrie)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E710C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>GL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 392</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">GL </w:t>
+        <w:t xml:space="preserve"> 392: Lobe den Herren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 37: KV Der Herr ist mein Hirt + Ps 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00861820">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>561: Jesus-Litanei (Kyrie)</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>GL 560: Christus Sieger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 889: Der Herr ist mein getreuer Hirt (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861820">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APs)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
-        <w:t>GL 375: Gelobt seist du Herr Jesus Christ</w:t>
-[...54 lines deleted...]
-        <w:t>GL 560: Christus Sieger</w:t>
+        <w:t>GL 858: Sei gegrüßt Herr Jesus (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Hymn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Akath</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00633B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GL 470: Wenn das Brot das wir teilen (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B211D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FF9696" w14:textId="77777777" w:rsidR="00FA4A19" w:rsidRDefault="00FA4A19" w:rsidP="009D3B5E">
+    <w:p w14:paraId="6715E608" w14:textId="07324D56" w:rsidR="00756221" w:rsidRPr="00EC1C16" w:rsidRDefault="00756221" w:rsidP="00EC1C16">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="120"/>
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F40AB98" w14:textId="77777777" w:rsidR="00FA4A19" w:rsidRDefault="00FA4A19" w:rsidP="009D3B5E">
-[...347 lines deleted...]
-    <w:sectPr w:rsidR="00756221" w:rsidRPr="00C531D5" w:rsidSect="005C0192">
+    <w:sectPr w:rsidR="00756221" w:rsidRPr="00EC1C16" w:rsidSect="0070074A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="964" w:bottom="737" w:left="964" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A8836E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31641C5A"/>
     <w:lvl w:ilvl="0" w:tplc="2ABE3F5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D548C47E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -36399,329 +35427,253 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="57BC241C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1879967340">
+  <w:num w:numId="1" w16cid:durableId="1791893053">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="846403927">
+  <w:num w:numId="2" w16cid:durableId="318969472">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1035034073">
+  <w:num w:numId="3" w16cid:durableId="551500629">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="960306880">
+  <w:num w:numId="4" w16cid:durableId="1541354635">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="347488314">
+  <w:num w:numId="5" w16cid:durableId="2125493118">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1932734956">
+  <w:num w:numId="6" w16cid:durableId="324095004">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1135760604">
+  <w:num w:numId="7" w16cid:durableId="2023042492">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="23139758">
+  <w:num w:numId="8" w16cid:durableId="2106227855">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1748266919">
+  <w:num w:numId="9" w16cid:durableId="207567968">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1993409093">
+  <w:num w:numId="10" w16cid:durableId="1408072749">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="455374355">
+  <w:num w:numId="11" w16cid:durableId="935402654">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1835608796">
+  <w:num w:numId="12" w16cid:durableId="348720248">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="222833351">
+  <w:num w:numId="13" w16cid:durableId="259685405">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="886837559">
+  <w:num w:numId="14" w16cid:durableId="1815829570">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="638847249">
+  <w:num w:numId="15" w16cid:durableId="1860654120">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1174343231">
+  <w:num w:numId="16" w16cid:durableId="1819762449">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="69696492">
+  <w:num w:numId="17" w16cid:durableId="716663605">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="700127673">
+  <w:num w:numId="18" w16cid:durableId="1428383010">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1100832302">
+  <w:num w:numId="19" w16cid:durableId="991372685">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="238908588">
+  <w:num w:numId="20" w16cid:durableId="1003626003">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...22 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F765D2"/>
-    <w:rsid w:val="00035F22"/>
-[...5 lines deleted...]
-    <w:rsid w:val="000A6360"/>
+    <w:rsid w:val="00026237"/>
+    <w:rsid w:val="00052BA7"/>
     <w:rsid w:val="000D6FC5"/>
     <w:rsid w:val="000F19A7"/>
-    <w:rsid w:val="00143E40"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00227180"/>
+    <w:rsid w:val="001407EE"/>
+    <w:rsid w:val="001D6F8C"/>
     <w:rsid w:val="00253F6D"/>
-    <w:rsid w:val="00285844"/>
     <w:rsid w:val="002A58A4"/>
-    <w:rsid w:val="002D7593"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003263E5"/>
+    <w:rsid w:val="002A7DB3"/>
+    <w:rsid w:val="002C293D"/>
+    <w:rsid w:val="002C5528"/>
     <w:rsid w:val="003268AD"/>
-    <w:rsid w:val="00346047"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003903E9"/>
+    <w:rsid w:val="00365A3B"/>
+    <w:rsid w:val="003A04C1"/>
     <w:rsid w:val="003A60F5"/>
-    <w:rsid w:val="003B6A11"/>
     <w:rsid w:val="003C348E"/>
     <w:rsid w:val="003C71E8"/>
     <w:rsid w:val="0040388A"/>
+    <w:rsid w:val="00413187"/>
     <w:rsid w:val="00417857"/>
-    <w:rsid w:val="00471A29"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00580F66"/>
+    <w:rsid w:val="004459FA"/>
+    <w:rsid w:val="0045120D"/>
+    <w:rsid w:val="004C2ED3"/>
+    <w:rsid w:val="004D1C1A"/>
+    <w:rsid w:val="004E257C"/>
+    <w:rsid w:val="00530C1C"/>
+    <w:rsid w:val="0053214B"/>
     <w:rsid w:val="00590B0C"/>
-    <w:rsid w:val="005C0192"/>
     <w:rsid w:val="005D04CE"/>
-    <w:rsid w:val="005E2FCD"/>
-    <w:rsid w:val="005F11CE"/>
     <w:rsid w:val="005F7F29"/>
-    <w:rsid w:val="006010E5"/>
-    <w:rsid w:val="00601D61"/>
     <w:rsid w:val="006042BB"/>
-    <w:rsid w:val="00615EDE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006B2B25"/>
+    <w:rsid w:val="00633B12"/>
+    <w:rsid w:val="00643C4F"/>
+    <w:rsid w:val="006B3A12"/>
     <w:rsid w:val="006C50CC"/>
-    <w:rsid w:val="006C6F38"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00706B0B"/>
+    <w:rsid w:val="006D16D7"/>
+    <w:rsid w:val="006E1CC6"/>
+    <w:rsid w:val="0070074A"/>
+    <w:rsid w:val="00706C2D"/>
     <w:rsid w:val="00731B16"/>
-    <w:rsid w:val="00750B73"/>
     <w:rsid w:val="00756221"/>
-    <w:rsid w:val="00770161"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D2C76"/>
+    <w:rsid w:val="007A32B2"/>
     <w:rsid w:val="007E2D08"/>
-    <w:rsid w:val="007E38E2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00880EF6"/>
+    <w:rsid w:val="00800419"/>
     <w:rsid w:val="00885B84"/>
-    <w:rsid w:val="0089266A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00936AE9"/>
+    <w:rsid w:val="008A2339"/>
+    <w:rsid w:val="008A65B8"/>
+    <w:rsid w:val="00912895"/>
     <w:rsid w:val="00950563"/>
-    <w:rsid w:val="0096092F"/>
-    <w:rsid w:val="0096300B"/>
     <w:rsid w:val="009D3B5E"/>
     <w:rsid w:val="009D3D9B"/>
-    <w:rsid w:val="00A163F6"/>
+    <w:rsid w:val="00A14B20"/>
     <w:rsid w:val="00A64693"/>
-    <w:rsid w:val="00AA16F6"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00D035D4"/>
+    <w:rsid w:val="00AA4D28"/>
+    <w:rsid w:val="00AB5DF0"/>
+    <w:rsid w:val="00B6256C"/>
+    <w:rsid w:val="00BE7B44"/>
+    <w:rsid w:val="00C26D1B"/>
+    <w:rsid w:val="00C63117"/>
+    <w:rsid w:val="00CE66BB"/>
+    <w:rsid w:val="00CF6D4A"/>
     <w:rsid w:val="00D24921"/>
+    <w:rsid w:val="00D51BFC"/>
     <w:rsid w:val="00D53215"/>
-    <w:rsid w:val="00D755A4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D90FEF"/>
     <w:rsid w:val="00DA29AE"/>
+    <w:rsid w:val="00DA7F1A"/>
+    <w:rsid w:val="00DB2D08"/>
+    <w:rsid w:val="00DB5865"/>
     <w:rsid w:val="00DC0604"/>
-    <w:rsid w:val="00DC3907"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E11020"/>
+    <w:rsid w:val="00DF66C6"/>
+    <w:rsid w:val="00E0747F"/>
+    <w:rsid w:val="00E319E9"/>
     <w:rsid w:val="00E73997"/>
-    <w:rsid w:val="00E94932"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EE02D4"/>
+    <w:rsid w:val="00EA0DFC"/>
+    <w:rsid w:val="00EC1C16"/>
     <w:rsid w:val="00F529BF"/>
     <w:rsid w:val="00F765D2"/>
-    <w:rsid w:val="00FA285A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC0D1C"/>
+    <w:rsid w:val="00FA0596"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="de-DE"/>
+  <w:themeFontLang w:val="de-AT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2B15FB11"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{5F147BDC-9F55-4E25-BDFA-35C152617BC4}"/>
+  <w14:docId w14:val="3B503472"/>
+  <w15:docId w15:val="{1ACBBEBB-A7D5-4A73-9944-FE4AEABBFD89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-AT" w:eastAsia="de-AT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -37084,50 +36036,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift3Zchn"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
@@ -37168,397 +36121,400 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Vorgabetext">
     <w:name w:val="Vorgabetext"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00950563"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:link w:val="berschrift2"/>
+    <w:rsid w:val="00EC1C16"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
     <w:name w:val="Überschrift 3 Zchn"/>
     <w:link w:val="berschrift3"/>
-    <w:rsid w:val="00C531D5"/>
+    <w:rsid w:val="00EC1C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Larissa">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Larissa">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>4827</Words>
-  <Characters>30411</Characters>
+  <Words>7216</Words>
+  <Characters>29659</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>253</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>520</Lines>
+  <Paragraphs>283</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Antwortpsalmen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35168</CharactersWithSpaces>
+  <CharactersWithSpaces>36592</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Antwortpsalmen</dc:title>
-  <dc:subject/>
   <dc:creator>Alois Gedl</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>